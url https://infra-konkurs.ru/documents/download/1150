--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -7,281 +7,283 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="3F69A92E" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
-[...7 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="10173" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10173"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="2F8988F7" w14:textId="77777777">
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="538C152A" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ЗАЯВКА</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4014C2BA" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>НА УЧАСТИЕ В ПРОДУКТЕ</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="777F2492" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>«РЕГИОНЫ – УСТОЙЧИВОЕ РАЗВИТИЕ»</w:t>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:t>«РЕГИОНЫ – УСТОЙЧИВО</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>Е РАЗВИТИЕ»</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>«РАСШИРЕНИЕ ГЕОГРАФИИ ПРИСУТСТВИЯ»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4A583C81" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+    <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="-142"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10207"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="0325E9BE" w14:textId="77777777">
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="24A84D"/>
           </w:tcPr>
-          <w:p w14:paraId="3615F35C" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ответственные сотрудники для консультирования по заполнению Заявки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="5F9D0D3F" w14:textId="77777777">
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6084BEEA" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Биткова Юлия Владимировна</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="7A76191C" w14:textId="77777777">
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27120C7F" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Тел</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.: 8</w:t>
@@ -343,2278 +345,2568 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>317-77-89</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, +7 (926) 631-74-71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w:rsidRPr="000E5A3C" w14:paraId="789F45F4" w14:textId="77777777">
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FAE311F" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">E-mail: </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="a8"/>
                   <w:rFonts w:eastAsia="Roboto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Bitkova@infra-konkurs.ru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="a8"/>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>, info@infra-konkurs.ru</w:t>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>info@infra-konkurs.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="114B9DBA" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+    <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:eastAsia="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="4820"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="07BA577C" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1470B5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CEE9442" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Карточка организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="36130A1F" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12BAE9AB" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Полное наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27A312C0" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="4F4C6E63" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13780DD9" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ИНН/КПП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FB7F55A" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="06E48720" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4233ACFF" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Юридический адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53809517" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="3B4CD3BC" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08207C18" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Наименование банка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6145514D" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="5DE00792" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D63A832" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Руководитель организации (ФИО и должность)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="433831EC" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="5C35B2A8" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="768F47E6" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Телефон организации (с кодом города)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71C636EA" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="0B9AAAE0" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1313B66B" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Электронная почта </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7649E31C" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="7D728EEE" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="479A1709" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Данные по направлениям деятельности Организации:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="5DCE343F" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EE2386C" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Основное направление деятельности организации: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="379B59BB" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="748AC20C" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AB74282" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Производимая / поставляемая продукция / товар / услуги: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="737F4519" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="2B489B48" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A432AD8" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Количество реализуемой продукции / услуг / год </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DCF43E9" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(по результатам 2024 год)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="236D1844" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="22F27611" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B79E3F0" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Количество реализуемой продукции / услуг / год (желаемые показатели)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E2A2C4E" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="6BBCA6E2" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AA839D3" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Текущая география присутствия: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32BF30B7" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>РФ / ЕАЭС / ШОС / БРИКС</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="557A516E" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F5B141A" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Расширение присутствия:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="241F07C8" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Укажите страны </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E5A3C" w14:paraId="39BA24AB" w14:textId="77777777" w:rsidTr="00E81172">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10207" w:type="dxa"/>
-[...43 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="351D81E6" w14:textId="45F622C3" w:rsidR="000E5A3C" w:rsidRDefault="000E5A3C">
-[...19 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="480D1CDC" w14:textId="77777777" w:rsidR="000E5A3C" w:rsidRDefault="000E5A3C">
-[...109 lines deleted...]
-          <w:p w14:paraId="2C672032" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="511149F9" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+    <w:p>
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="8080"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="4FAB80C8" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="0E9FD9"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1F4FB3A5" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+            <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Контактные </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">данные лица для работы по заявке </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="6FDACB25" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01784935" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ф.И.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E9D33D7" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="3E375953" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37B04267" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FF03BE9" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="6E38536B" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6A8C68" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Эл. Почта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E996804" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="7466DD5B" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01E51447" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
-[...18 lines deleted...]
-              <w:t>Место работы</w:t>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Должность в Организации </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C47AA8E" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="3FFF70BD" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="320"/>
+          <w:trHeight w:val="685"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2946DFC0" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
-[...18 lines deleted...]
-              <w:t>Должность</w:t>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Комментарии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F028D9D" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
-[...129 lines deleted...]
-              <w:t> </w:t>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Федеральная налоговая служба (ФНС) России опубликовала рекомендации для налогоплательщиков по отправке электронных писем в госорганы. Почтовые серверы в российских доменах, таких как .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>su</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не попадают под ограничения. Просьба не указывать почту .gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="55126633" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+    <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Roboto" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10207" w:type="dxa"/>
+        <w:tblInd w:w="-34" w:type="dxa"/>
+        <w:tblBorders>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="8080"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10207" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="0E9FD9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>данные лица для работы по заявке (финансовое подразделение)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ф.И.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Телефон</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Эл. Почта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Место работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Должность в Организации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Комментарии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Федеральная налоговая служба (ФНС) России опубликовала рекомендации для налогоплательщиков по отправке электронных писем в госорганы. Почтовые серверы в российских доменах, таких как .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>su</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не попадают под ограничения. Просьба не указывать почту .gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="4394"/>
         <w:gridCol w:w="1164"/>
         <w:gridCol w:w="3231"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="0B61444F" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DE792A9" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ф.И.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77F238F4" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+          <w:p>
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="227FE77F" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Подпись</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FE0BA8C" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+          <w:p>
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA11A4" w14:paraId="5F4386A9" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D864E10" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="146D7A9B" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
-            <w:pPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Директор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47054807" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+          <w:p>
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30A90577" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+          <w:p>
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>М.П.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3C91F8D5" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+    <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Roboto" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="0000FF" w:themeColor="hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00EA11A4">
+    <w:sectPr>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2219DEBC" w14:textId="77777777" w:rsidR="00E236D0" w:rsidRDefault="00E236D0">
+    <w:p>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E1BAE88" w14:textId="77777777" w:rsidR="00E236D0" w:rsidRDefault="00E236D0">
+    <w:p>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="CC"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0000AFF" w:usb1="5800217F" w:usb2="14A00021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Light">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000A47B" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w14:paraId="6CF03C75" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+  <w:p>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00E25594">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="574C4A84" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+  <w:p>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D0E4975" w14:textId="77777777" w:rsidR="00E236D0" w:rsidRDefault="00E236D0">
+    <w:p>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="35682AB8" w14:textId="77777777" w:rsidR="00E236D0" w:rsidRDefault="00E236D0">
+    <w:p>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="a9"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5136"/>
       <w:gridCol w:w="5001"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00EA11A4" w14:paraId="7799D2F8" w14:textId="77777777">
+    <w:tr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5067" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="61F24EBA" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+        <w:p>
           <w:pPr>
             <w:pStyle w:val="aa"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A7576EE" wp14:editId="27604E25">
+              <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="3124200" cy="979875"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="1" name="Рисунок 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="РУР.png"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3133248" cy="982713"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5068" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="27C31974" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+        <w:p>
           <w:pPr>
             <w:pStyle w:val="aa"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
             <w:t>121357, Москва, ул. Верейская, 17</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="02B42F7E" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+        <w:p>
           <w:pPr>
             <w:pStyle w:val="aa"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
-              <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
-            <w:t>Тел</w:t>
-[...7 lines deleted...]
-            <w:t>.: 8 (800) 775-10-73</w:t>
+            <w:t>Тел.: 8 (800) 775-10-73</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="558E98AA" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+        <w:p>
           <w:pPr>
             <w:pStyle w:val="aa"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
-              <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:t xml:space="preserve">E-mail: </w:t>
+            <w:t>E</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+            <w:t>-</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>mail</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+            <w:t xml:space="preserve">: </w:t>
           </w:r>
           <w:hyperlink r:id="rId2" w:history="1">
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="a8"/>
                 <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
                 <w:color w:val="9D9D9D"/>
                 <w:u w:val="none"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>info@infra-konkurs.ru</w:t>
+              <w:t>info</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>infra</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>konkurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ru</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5A838BD3" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+        <w:p>
           <w:pPr>
             <w:pStyle w:val="aa"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
-              <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="0397F4DF" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="004070F9">
+        <w:p>
           <w:pPr>
             <w:pStyle w:val="aa"/>
             <w:rPr>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
             <w:t>infra-konkurs.ru</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="633F6AA1" w14:textId="77777777" w:rsidR="00EA11A4" w:rsidRDefault="00EA11A4">
+  <w:p>
     <w:pPr>
       <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="232A3A9B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F4BEE8D8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="24"/>
@@ -2841,100 +3133,90 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:hint="default"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:rsids>
-[...8 lines deleted...]
-  </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="618A4FBE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
@@ -4095,78 +4377,78 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{765BB357-DEED-4682-8DCB-8EC92C87BC70}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89289A64-0CB3-4416-8BF6-130AB87651AF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>203</Words>
-  <Characters>1162</Characters>
+  <Words>270</Words>
+  <Characters>1543</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>12</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1363</CharactersWithSpaces>
+  <CharactersWithSpaces>1810</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Виктор</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>