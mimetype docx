--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -7,57 +7,50 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="10173" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10173"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10173" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
@@ -472,50 +465,81 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">E-mail: </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="a8"/>
                   <w:rFonts w:eastAsia="Roboto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Bitkova@infra-konkurs.ru</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>info@infra-konkurs.ru</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:eastAsia="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="10207" w:type="dxa"/>
@@ -1492,51 +1516,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="24A84D"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Вид топлива Котельной:</w:t>
+              <w:t>Вид топлива Котельной (текущей котельной):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="327"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -2276,62 +2300,52 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Нормативный запас/неснижаемый запас </w:t>
-[...10 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+              <w:t>Нормативный запас/неснижаемый запас тонн/ м3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -2687,398 +2701,88 @@
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
-            </w:r>
-[...308 lines deleted...]
-              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Годовой отпуск тепла (2024 г.) Гкал</w:t>
+              <w:t>Годовое потребление (на текущий момент)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3093,51 +2797,67 @@
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Населению</w:t>
+              <w:t>Годовое потребление топлива, тонны/пл. м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/м3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3177,51 +2897,76 @@
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Прочие</w:t>
+              <w:t xml:space="preserve">Годовое потребление топлива, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>т.у.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3237,87 +2982,89 @@
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-              <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Вид собственности</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Годовой отпуск тепла (2024 г.) Гкал (на текущий момент)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3332,51 +3079,51 @@
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Котельная </w:t>
+              <w:t>Населению</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3416,51 +3163,51 @@
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Тепловые сети </w:t>
+              <w:t>Прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3476,87 +3223,87 @@
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Собственник</w:t>
+              <w:t>Вид собственности (на текущий момент)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3715,87 +3462,87 @@
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Договор</w:t>
+              <w:t>Собственник (на текущий момент)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3810,51 +3557,51 @@
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Аренда</w:t>
+              <w:t xml:space="preserve">Котельная </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3870,327 +3617,171 @@
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-              <w:t>Срок действия</w:t>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тепловые сети </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
-            <w:vMerge/>
+            <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...166 lines deleted...]
-              <w:t>9</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Потребители тепловой энергии (жилой фонд)</w:t>
+              <w:t>Договор (на текущий момент)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4205,61 +3796,52 @@
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Отапливаемая площадь м</w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Аренда</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -4295,83 +3877,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ГВС, кол</w:t>
-[...31 lines deleted...]
-              <w:t>ел.</w:t>
+              <w:t>Срок действия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -4384,116 +3934,153 @@
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Концессия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="229"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Кол-во домов с центр</w:t>
-[...40 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Срок действия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4509,255 +4096,486 @@
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Потребители тепловой энергии (социальная сфера)</w:t>
+              <w:t>Потребители тепловой энергии (жилой фонд) (на текущий момент)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Количество, </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Отапливаемая площадь м</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>шт</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>2</w:t>
+            </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ГВС, кол</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ч</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ел.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="229"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кол-во домов с центр</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.с</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="229"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ЖКХ</w:t>
+              <w:t>Потребители тепловой энергии (социальная сфера) (на текущий момент)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4845,87 +4663,255 @@
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Прочие</w:t>
+              <w:t>ЖКХ (на текущий момент)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="229"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Количество, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="229"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Прочие (на текущий момент)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -5768,80 +5754,82 @@
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="8080"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="0E9FD9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Контактные </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
@@ -6051,51 +6039,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Место работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -6114,50 +6101,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -6256,82 +6244,552 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Комментарии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:rPr>
-[...9 lines deleted...]
-              <w:t> </w:t>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Федеральная налоговая служба (ФНС) России опубликовала рекомендации для налогоплательщиков по отправке электронных писем в госорганы. Почтовые серверы в российских доменах, таких как .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>su</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не попадают под ограничения. Просьба не указывать почту .gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Roboto" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10207" w:type="dxa"/>
+        <w:tblInd w:w="-34" w:type="dxa"/>
+        <w:tblBorders>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="8080"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10207" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="0E9FD9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>данные лица для работы по заявке (финансовое подразделение)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ф.И.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Телефон</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Эл. Почта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Место работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Должность в Организации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Комментарии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Федеральная налоговая служба (ФНС) России опубликовала рекомендации для налогоплательщиков по отправке электронных писем в госорганы. Почтовые серверы в российских доменах, таких как .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>su</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не попадают под ограничения. Просьба не указывать почту .gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="4394"/>
         <w:gridCol w:w="1164"/>
         <w:gridCol w:w="3231"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
@@ -6426,101 +6884,146 @@
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Директор</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>М.П.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:right="-144"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Roboto" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Roboto" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Roboto" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="0000FF" w:themeColor="hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
@@ -6561,55 +7064,54 @@
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="CC"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Light">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000A47B" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
@@ -6645,51 +7147,51 @@
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
@@ -8475,78 +8977,78 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8D32D76-DD4C-430B-A906-DD655797C92F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{152C0EFE-B89C-4B78-BC0E-E70E448BFE18}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>368</Words>
-  <Characters>2098</Characters>
+  <Words>503</Words>
+  <Characters>2870</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>23</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2462</CharactersWithSpaces>
+  <CharactersWithSpaces>3367</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Виктор</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>