--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -23,265 +23,255 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="10173" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10173"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004A1EDE" w:rsidRPr="005F2203">
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ЗАЯВКА</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>НА УЧАСТИЕ В ПРОДУКТЕ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">«РЕГИОНЫ – УСТОЙЧИВОЕ РАЗВИТИЕ» </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ПО СОФИНАНСИРОВАНИЮ УСТАНОВКИ КОМПЛЕКСА ОБНАРУЖЕНИЯ И РАДИОПОДАВЛЕНИЯ БЕСПИЛОТНЫХ ВОЗДУШНЫХ СУДОВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+    <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10207"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="24A84D"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ответственные сотрудники </w:t>
-[...9 lines deleted...]
-              <w:t>для консультирования по заполнению Заявки</w:t>
+              <w:t>Ответственные сотрудники для консультирования по заполнению Заявки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Биткова Юлия Владимировна</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Тел</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.: 8</w:t>
@@ -343,706 +333,730 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>317-77-89</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, +7 (926) 631-74-71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">E-mail: </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="a6"/>
                   <w:rFonts w:eastAsia="Roboto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Bitkova@infra-konkurs.ru</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>info@infra-konkurs.ru</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+    <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:eastAsia="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6096"/>
         <w:gridCol w:w="4111"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1470B5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Карточка организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Полное </w:t>
-[...6 lines deleted...]
-              <w:t>наименование</w:t>
+              <w:t>Полное наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Краткое наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ИНН/КПП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ОГРН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Юридический адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Расчетный</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>счет</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Наименование банка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE" w:rsidRPr="005F2203">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Руководитель организации (ФИО и должность)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE" w:rsidRPr="005F2203">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Телефон организации (с кодом города)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Электронная</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -1051,547 +1065,521 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>почта</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+    <w:p>
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6096"/>
         <w:gridCol w:w="4111"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Категория проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE" w:rsidRPr="005F2203">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Создание / </w:t>
-[...7 lines deleted...]
-              <w:t>строительство станции по мониторингу и контролю воздушного пространства от несанкционированного использования БВС на действующих объектах</w:t>
+              <w:t>Создание / строительство станции по мониторингу и контролю воздушного пространства от несанкционированного использования БВС на действующих объектах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приобретение  оборудования по обнаружению (радиочастотное, радиолокационное, видеообнаружение) и противодействию </w:t>
-[...7 lines deleted...]
-              <w:t>(РЭБ) беспилотным воздушным судам</w:t>
+              <w:t>Приобретение  оборудования по обнаружению (радиочастотное, радиолокационное, видеообнаружение) и противодействию (РЭБ) беспилотным воздушным судам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE" w:rsidRPr="005F2203">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Приобретение  оборудования по круглосуточному мониторингу воздушной обстановки на</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> базе ситуационного центра (при наличии)</w:t>
+              <w:t>Приобретение  оборудования по круглосуточному мониторингу воздушной обстановки на базе ситуационного центра (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Строительство ситуационного центра</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Приобретение программного обеспечения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>другое</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005F2203" w:rsidRDefault="005F2203"/>
+    <w:p/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6096"/>
         <w:gridCol w:w="4111"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Характеристики</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -1615,1875 +1603,2656 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>объекта</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE" w:rsidRPr="005F2203">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Место расположения объекта защиты (субъект / муниципальное образование)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE" w:rsidRPr="005F2203">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Наличие высотных сооружений на территории объекта и прилегающей территории (с указанием высоты)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Возможность установки оборудования</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">на высотных сооружениях на территории объекта. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Указать высоту сооружения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE" w:rsidRPr="005F2203">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Наличие молниезащиты на высотных зданиях/сооружениях на территории объекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE" w:rsidRPr="005F2203">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Наличие активного радиоизлучающего оборудования на территории объекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE" w:rsidRPr="005F2203">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Диапазон рабочих частот </w:t>
-[...7 lines deleted...]
-              <w:t>активного радиоизлучающего оборудования</w:t>
+              <w:t>Диапазон рабочих частот активного радиоизлучающего оборудования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE" w:rsidRPr="005F2203">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Мощность излучения активного радиоизлучающего оборудования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE" w:rsidRPr="005F2203">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Диапазон рабочих частот радиоприемного оборудования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Наличие направленных антенн у радиоприемного оборудования. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Азимут работы направленных антенн</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE" w:rsidRPr="005F2203">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Наличие свободный мощностей для подключения электропитания оборудования (до 20 кВт на один пост обнаружения и радиоподавления)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Возможность установки радиомостов для обеспечения связи между распределенными на территории постами обнаружения и радиоподавления и АРМ. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Рекомендуемый диапазон частот для радиомоста.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE" w:rsidRPr="005F2203">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Возможность протяжки оптических линий связи между распределенными на те</w:t>
-[...7 lines deleted...]
-              <w:t>рритории постами обнаружения и радиоподавления и АРМ.</w:t>
+              <w:t>Возможность протяжки оптических линий связи между распределенными на территории постами обнаружения и радиоподавления и АРМ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE" w:rsidRPr="005F2203">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Радиочастотное планирование. Указать поддиапазоны частот в основном диапазоне от 200 МГц до 6000 </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>МГц</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> в котором требуется согласовать работу радиочастотного подавления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+    <w:p>
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="8080"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004A1EDE" w:rsidRPr="005F2203">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="0E9FD9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Контактные </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">данные лица для работы по заявке </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ф.И.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Телефон</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Эл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Почта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Место</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Часовой</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>пояс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Комментарии</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:rPr>
-[...9 lines deleted...]
-              <w:t> </w:t>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Федеральная налоговая служба (ФНС) России опубликовала рекомендации для налогоплательщиков по отправке электронных писем в госорганы. Почтовые серверы в российских доменах, таких как .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>su</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не попадают под ограничения. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Просьба</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>указывать</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>почту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> .gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+    <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Roboto" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10207" w:type="dxa"/>
+        <w:tblInd w:w="-34" w:type="dxa"/>
+        <w:tblBorders>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="8080"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10207" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="0E9FD9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>данные лица для работы по заявке (финансовое подразделение)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ф.И.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Телефон</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Эл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Почта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Место</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Организации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Комментарии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Федеральная налоговая служба (ФНС) России опубликовала рекомендации для налогоплательщиков по отправке электронных писем в госорганы. Почтовые серверы в российских доменах, таких как .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>su</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не попадают под ограничения. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Просьба</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>указывать</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>почту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> .gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="4394"/>
         <w:gridCol w:w="1164"/>
         <w:gridCol w:w="3231"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ф.И.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Подпись</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1EDE">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
-            <w:pPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Директор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+          <w:p>
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004A1EDE" w:rsidRDefault="00EC7940">
+          <w:p>
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>М.П.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:right="-144"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Roboto" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Roboto" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Roboto" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="0000FF" w:themeColor="hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A1EDE" w:rsidRDefault="004A1EDE">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1153"/>
         </w:tabs>
         <w:ind w:left="709" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="004A1EDE">
+    <w:sectPr>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EC7940" w:rsidRDefault="00EC7940" w:rsidP="005F2203">
+    <w:p>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EC7940" w:rsidRDefault="00EC7940" w:rsidP="005F2203">
+    <w:p>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="CC"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0000AFF" w:usb1="5800217F" w:usb2="14A00021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Light">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000A47B" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EC7940" w:rsidRDefault="00EC7940" w:rsidP="005F2203">
+    <w:p>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EC7940" w:rsidRDefault="00EC7940" w:rsidP="005F2203">
+    <w:p>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="a7"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5136"/>
       <w:gridCol w:w="5005"/>
     </w:tblGrid>
-    <w:tr w:rsidR="005F2203" w:rsidTr="005F2203">
+    <w:tr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5070" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="005F2203" w:rsidRDefault="005F2203" w:rsidP="005F2203">
+        <w:p>
           <w:pPr>
             <w:pStyle w:val="a8"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0FCC0E10" wp14:editId="22444565">
+              <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="3124200" cy="979875"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="1" name="Рисунок 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="РУР.png"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3133248" cy="982713"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5071" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="005F2203" w:rsidRDefault="005F2203" w:rsidP="005F2203">
+        <w:p>
           <w:pPr>
             <w:pStyle w:val="a8"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
             <w:t xml:space="preserve">121357, Москва, ул. </w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
             <w:t>Верейская</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
             <w:t>, 17</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="005F2203" w:rsidRDefault="005F2203" w:rsidP="005F2203">
+        <w:p>
           <w:pPr>
             <w:pStyle w:val="a8"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
             <w:t>Тел.: 8 (800) 775-10-73</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="005F2203" w:rsidRDefault="005F2203" w:rsidP="005F2203">
+        <w:p>
           <w:pPr>
             <w:pStyle w:val="a8"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>E</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
             <w:t>-</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
@@ -3544,78 +4313,78 @@
               </w:rPr>
               <w:t>konkurs</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="a6"/>
                 <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
                 <w:color w:val="9D9D9D"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="a6"/>
                 <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
                 <w:color w:val="9D9D9D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ru</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="005F2203" w:rsidRDefault="005F2203" w:rsidP="005F2203">
+        <w:p>
           <w:pPr>
             <w:pStyle w:val="a8"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w:rsidR="005F2203" w:rsidRDefault="005F2203" w:rsidP="005F2203">
+        <w:p>
           <w:pPr>
             <w:pStyle w:val="a8"/>
             <w:rPr>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
             <w:t>infra-konkurs.ru</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="005F2203" w:rsidRDefault="005F2203" w:rsidP="005F2203">
+  <w:p>
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="01BA6CAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1C065480"/>
     <w:lvl w:ilvl="0" w:tplc="5C64C294">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1288" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -7613,56 +8382,50 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="107"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:rsids>
-[...4 lines deleted...]
-  </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
@@ -8024,64 +8787,62 @@
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ab">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005F2203"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="005F2203"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
@@ -8424,101 +9185,101 @@
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ab">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005F2203"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="005F2203"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="985814217">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1587225869">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bitkova@infra-konkurs.ru" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@infra-konkurs.ru" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -8773,76 +9534,76 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2313</Characters>
+  <Pages>3</Pages>
+  <Words>511</Words>
+  <Characters>2914</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2713</CharactersWithSpaces>
+  <CharactersWithSpaces>3419</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>trushin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-01-29T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
   </property>