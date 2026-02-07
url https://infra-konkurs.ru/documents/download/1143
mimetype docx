--- v1 (2025-12-07)
+++ v2 (2026-02-07)
@@ -38,50 +38,52 @@
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10173"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10173" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ЗАЯВКА</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
@@ -380,81 +382,50 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">E-mail: </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="a6"/>
                   <w:rFonts w:eastAsia="Roboto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Bitkova@infra-konkurs.ru</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...29 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:eastAsia="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
@@ -786,75 +757,57 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Расчетный</w:t>
+              <w:t>Расчетный счет</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -1026,130 +979,81 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Электронная</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Электронная почта </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...22 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
@@ -1183,51 +1087,51 @@
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Создание / строительство станции по мониторингу и контролю воздушного пространства от несанкционированного использования БВС на действующих объектах</w:t>
+              <w:t>Создание / строительство  системы по мониторингу и контролю воздушного пространства от несанкционированного использования БВС на действующих объектах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
@@ -1476,174 +1380,231 @@
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>другое</w:t>
+              <w:t>Задачи портовой инфраструктуры, рыбные хозяйства – комплекс охраны береговой линии и воздушного пространства (БЭК, БВС).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...15 lines deleted...]
-      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Задачи предприятий добычи – система контроля воздушной обстановки, контроль отвалов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>другое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Характеристики</w:t>
+              <w:t>Характеристики охраняемого объекта</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
@@ -2376,69 +2337,51 @@
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Радиочастотное планирование. Указать поддиапазоны частот в основном диапазоне от 200 МГц до 6000 </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> в котором требуется согласовать работу радиочастотного подавления</w:t>
+              <w:t>Радиочастотное планирование. Указать поддиапазоны частот в основном диапазоне от 200 МГц до 6000 МГц в котором требуется согласовать работу радиочастотного подавления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -2457,82 +2400,82 @@
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="8080"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="0E9FD9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Контактные </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">данные лица для работы по заявке </w:t>
+              <w:t>данные лица для работы по заявке (подразделение ответственное за приобретение средств защиты от атак БПЛА)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
@@ -2551,606 +2494,292 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Телефон</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Эл</w:t>
+              <w:t>Эл. Почта</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Место</w:t>
+              <w:t>Место работы</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...249 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
+        <w:ind w:right="-144"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Roboto" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="0000FF" w:themeColor="hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="8080"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
@@ -3258,749 +2887,486 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Телефон</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Эл</w:t>
+              <w:t>Эл. Почта</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>Место</w:t>
+              <w:t>Место работы</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Должность</w:t>
-            </w:r>
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...162 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="4394"/>
         <w:gridCol w:w="1164"/>
         <w:gridCol w:w="3231"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ф.И.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="right"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Подпись</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Директор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>М.П.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
-        <w:pBdr>
-[...56 lines deleted...]
-        <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1153"/>
         </w:tabs>
-        <w:ind w:left="709" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11910" w:h="16840"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1135" w:right="851" w:bottom="709" w:left="1134" w:header="284" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
@@ -4022,59 +3388,58 @@
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
-    <w:altName w:val="Times New Roman"/>
-[...1 lines deleted...]
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Light">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000A47B" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
@@ -4115,51 +3480,51 @@
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5136"/>
       <w:gridCol w:w="5005"/>
     </w:tblGrid>
     <w:tr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5070" w:type="dxa"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="a8"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="3124200" cy="979875"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="1" name="Рисунок 1"/>
+                <wp:docPr id="5" name="Рисунок 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="РУР.png"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
@@ -4173,196 +3538,114 @@
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5071" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="a8"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
-            <w:t xml:space="preserve">121357, Москва, ул. </w:t>
-[...15 lines deleted...]
-            <w:t>, 17</w:t>
+            <w:t>121357, Москва, ул. Верейская, 17</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="a8"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
-            <w:t>Тел.: 8 (800) 775-10-73</w:t>
+            <w:t>Тел</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>.: 8 (800) 775-10-73</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="a8"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:t>E</w:t>
-[...21 lines deleted...]
-            <w:t xml:space="preserve">: </w:t>
+            <w:t xml:space="preserve">E-mail: </w:t>
           </w:r>
           <w:hyperlink r:id="rId2" w:history="1">
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="a6"/>
                 <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
                 <w:color w:val="9D9D9D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>info</w:t>
+              <w:t>info@infra-konkurs.ru</w:t>
             </w:r>
-            <w:r>
-[...53 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="a8"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="a8"/>
             <w:rPr>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
             <w:t>infra-konkurs.ru</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
@@ -8358,51 +7641,51 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="36">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="107"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -8803,50 +8086,64 @@
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -9201,85 +8498,110 @@
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="198931210">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="985814217">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1587225869">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bitkova@infra-konkurs.ru" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@infra-konkurs.ru" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -9534,76 +8856,76 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2914</Characters>
+  <Pages>2</Pages>
+  <Words>462</Words>
+  <Characters>2638</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
+  <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3419</CharactersWithSpaces>
+  <CharactersWithSpaces>3094</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>trushin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-01-29T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
   </property>