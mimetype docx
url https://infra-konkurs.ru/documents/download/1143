--- v2 (2026-02-07)
+++ v3 (2026-02-27)
@@ -1,279 +1,313 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="10173" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10173"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="5430F75A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10173" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2A6AF21B" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ЗАЯВКА</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="63D6BCFD" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>НА УЧАСТИЕ В ПРОДУКТЕ</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="401D252E" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">«РЕГИОНЫ – УСТОЙЧИВОЕ РАЗВИТИЕ» </w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="3928256F" w14:textId="571873D7" w:rsidR="00220459" w:rsidRPr="009A28FC" w:rsidRDefault="00831E0A" w:rsidP="009A28FC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ПО СОФИНАНСИРОВАНИЮ УСТАНОВКИ КОМПЛЕКСА ОБНАРУЖЕНИЯ И РАДИОПОДАВЛЕНИЯ БЕСПИЛОТНЫХ ВОЗДУШНЫХ СУДОВ</w:t>
+              <w:t>ПО СОФИНАНСИРОВАНИЮ УСТАНОВ</w:t>
+            </w:r>
+            <w:r w:rsidR="009A28FC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>КИ КОМПЛЕКСА ОБНАРУЖЕНИЯ И ПОДАВЛЕНИЯ БЕСПИ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЛОТНЫХ </w:t>
+            </w:r>
+            <w:r w:rsidR="009A28FC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="009A28FC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ИСТЕМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w14:paraId="758E2457" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10207"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="66934912" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="24A84D"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="691505FA" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ответственные сотрудники для консультирования по заполнению Заявки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="7DF8520D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3B671E0B" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Биткова Юлия Владимировна</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="11184CC4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3A70B68F" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Тел</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.: 8</w:t>
@@ -335,3349 +369,3885 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>317-77-89</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, +7 (926) 631-74-71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="48FA72FE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6C45B33F" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">E-mail: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="a6"/>
                   <w:rFonts w:eastAsia="Roboto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Bitkova@infra-konkurs.ru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w14:paraId="4B1A64E5" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:eastAsia="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6096"/>
         <w:gridCol w:w="4111"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="0DD9A828" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1470B5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4E9D913D" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Карточка организации</w:t>
-            </w:r>
+              <w:t>Карточка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="1CB1AAF9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7214B595" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Полное наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1F871808" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="763C8593" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="66F8D18B" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Краткое наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="728BBF73" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="706619A2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0ADD60B3" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ИНН/КПП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="69D37616" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="1F7AC1A3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="17F24E6B" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ОГРН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="45B72E5F" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="31C6BC5D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="43635CDC" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Юридический адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="55EE4B2C" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="2704C6F3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="30350C69" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Расчетный счет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7E29DCB3" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="040054A4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7D511EC8" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Наименование банка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2C16DBF0" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="39A9F4EB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1BBBD1E0" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Руководитель организации (ФИО и должность)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0F6F3DFE" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="41330174" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4825A553" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Телефон организации (с кодом города)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="674445B4" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="455CF7D5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5CCB8AAB" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Электронная почта </w:t>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>почта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="07939F8F" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="7FF88122" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1A9C79C7" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Категория проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="7AAA0AA0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7B7EFE3E" w14:textId="0CE96C1E" w:rsidR="00220459" w:rsidRPr="003F66F4" w:rsidRDefault="00831E0A" w:rsidP="003F66F4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Создание / строительство  системы по мониторингу и контролю воздушного пространства от несанкционированного использования БВС на действующих объектах</w:t>
+            <w:r w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Создание </w:t>
+            </w:r>
+            <w:r w:rsidR="00F41FAA" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>активных средств защиты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от несанкционированного использования </w:t>
+            </w:r>
+            <w:r w:rsidR="009A28FC" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>беспилотных систем.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="51EC8B55" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="009A28FC" w:rsidRPr="003F66F4" w14:paraId="08465233" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="39819E2B" w14:textId="44176E7A" w:rsidR="009A28FC" w:rsidRPr="003F66F4" w:rsidRDefault="009A28FC" w:rsidP="003F66F4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Приобретение  оборудования по обнаружению (радиочастотное, радиолокационное, видеообнаружение) и противодействию (РЭБ) беспилотным воздушным судам</w:t>
+            <w:r w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Модернизация </w:t>
+            </w:r>
+            <w:r w:rsidR="00985A93" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>активных средств защиты от несанкционированного использования беспилотных систем.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3C9DAEC3" w14:textId="77777777" w:rsidR="009A28FC" w:rsidRDefault="009A28FC">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00C46B82" w:rsidRPr="003F66F4" w14:paraId="6734FAA3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="041EC94A" w14:textId="3BD108F6" w:rsidR="00C46B82" w:rsidRPr="003F66F4" w:rsidRDefault="00C46B82" w:rsidP="003F66F4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...8 lines deleted...]
-              <w:t>Приобретение  оборудования по круглосуточному мониторингу воздушной обстановки на базе ситуационного центра (при наличии)</w:t>
+                <w:highlight w:val="cyan"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приобретение оборудования для обнаружения беспилотных систем (радиочастотное, радиолокационное, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>видеообнаружение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и др.(РЭР)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2C1CC818" w14:textId="77777777" w:rsidR="00C46B82" w:rsidRDefault="00C46B82">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00C46B82" w:rsidRPr="003F66F4" w14:paraId="3953A34A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="71D60216" w14:textId="21079266" w:rsidR="00C46B82" w:rsidRPr="003F66F4" w:rsidRDefault="00C46B82" w:rsidP="00C46B82">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...8 lines deleted...]
-              <w:t>Строительство ситуационного центра</w:t>
+                <w:highlight w:val="cyan"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приобретение оборудования для противодействия беспилотным системам (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>генерация и излучение помехового сигнала (РЭБ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3A1B0320" w14:textId="77777777" w:rsidR="00C46B82" w:rsidRDefault="00C46B82">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00C46B82" w:rsidRPr="003F66F4" w14:paraId="37F302AF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="75F89DCB" w14:textId="3C1ABE22" w:rsidR="00C46B82" w:rsidRPr="003F66F4" w:rsidRDefault="00C46B82" w:rsidP="000D2EAC">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...8 lines deleted...]
-              <w:t>Приобретение программного обеспечения</w:t>
+                <w:highlight w:val="cyan"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приобретение оборудования </w:t>
+            </w:r>
+            <w:r w:rsidR="000D2EAC" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для противодействия (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000D2EAC" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сп</w:t>
+            </w:r>
+            <w:r w:rsidR="000D2EAC" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>уфинг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000D2EAC" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="000D2EAC" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беспилотным системам (самолетного типа, безэкипажные катера (БЭК))</w:t>
+            </w:r>
+            <w:r w:rsidR="000D2EAC" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="000D2EAC" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>использующие для своей навигации глобальную навигационную спутниковую систему (ГНСС)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5DCA60DE" w14:textId="77777777" w:rsidR="00C46B82" w:rsidRDefault="00C46B82">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="18AD905B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="31F08F4E" w14:textId="2E88DEAD" w:rsidR="00220459" w:rsidRPr="003F66F4" w:rsidRDefault="009A28FC" w:rsidP="003F66F4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Задачи портовой инфраструктуры, рыбные хозяйства – комплекс охраны береговой линии и воздушного пространства (БЭК, БВС).</w:t>
+            <w:r w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приобретение </w:t>
+            </w:r>
+            <w:r w:rsidR="00554AE5" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программно-аппаратного комплекса (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ПАК</w:t>
+            </w:r>
+            <w:r w:rsidR="00554AE5" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>) для</w:t>
+            </w:r>
+            <w:r w:rsidR="00831E0A" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> круглосуточно</w:t>
+            </w:r>
+            <w:r w:rsidR="00554AE5" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>го</w:t>
+            </w:r>
+            <w:r w:rsidR="00831E0A" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мониторинг</w:t>
+            </w:r>
+            <w:r w:rsidR="00554AE5" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00831E0A" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00554AE5" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>охраняемой зоны</w:t>
+            </w:r>
+            <w:r w:rsidR="00831E0A" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на базе ситуационного центра</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="74B68231" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="742C630C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5587C4F4" w14:textId="48FBA1CE" w:rsidR="00220459" w:rsidRPr="003F66F4" w:rsidRDefault="00831E0A" w:rsidP="003F66F4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Задачи предприятий добычи – система контроля воздушной обстановки, контроль отвалов.</w:t>
+            <w:r w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Строительство </w:t>
+            </w:r>
+            <w:r w:rsidR="000D2EAC" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ модернизация </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ситуационного центра</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="549BB2EF" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F41FAA" w:rsidRPr="003F66F4" w14:paraId="13736AA2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6E4925B3" w14:textId="61ABFAB7" w:rsidR="00F41FAA" w:rsidRPr="003F66F4" w:rsidRDefault="00F41FAA" w:rsidP="003F66F4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>другое</w:t>
+            <w:r w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Создание пассивных средств защиты</w:t>
+            </w:r>
+            <w:r w:rsidR="00985A93" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для предотвращения и минимизации ущерба при атаке беспилотных систем.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="07383C71" w14:textId="77777777" w:rsidR="00F41FAA" w:rsidRDefault="00F41FAA">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F41FAA" w:rsidRPr="003F66F4" w14:paraId="145319C3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39323BFF" w14:textId="24F95974" w:rsidR="00F41FAA" w:rsidRPr="003F66F4" w:rsidRDefault="00F41FAA" w:rsidP="00F41FAA">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Модернизация пассивных средств защиты</w:t>
+            </w:r>
+            <w:r w:rsidR="00985A93" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для </w:t>
+            </w:r>
+            <w:r w:rsidR="00985A93" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>предотвращения и минимизации ущерба при атаке беспилотных систем.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57348159" w14:textId="77777777" w:rsidR="00F41FAA" w:rsidRDefault="00F41FAA">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="3EB64033" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="110866A7" w14:textId="4C76E757" w:rsidR="00220459" w:rsidRPr="003F66F4" w:rsidRDefault="00F41FAA">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Д</w:t>
+            </w:r>
+            <w:r w:rsidR="00831E0A" w:rsidRPr="003F66F4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ругое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A56CAFF" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="060EF408" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="70C9BAC4" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Характеристики охраняемого объекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="6D3829BA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="06B48FEE" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Место расположения объекта защиты (субъект / муниципальное образование)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="580259B4" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="001D4901" w:rsidRPr="003F66F4" w14:paraId="493FAF78" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="46F727B9" w14:textId="7520A14B" w:rsidR="001D4901" w:rsidRDefault="001D4901">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Наличие высотных сооружений на территории объекта и прилегающей территории (с указанием высоты)</w:t>
+              <w:t>Окружающий ландшафт (равнинный, холмистый, горный, лесной массив, береговая линия).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="12BBC9F6" w14:textId="77777777" w:rsidR="001D4901" w:rsidRDefault="001D4901">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00985A93" w:rsidRPr="003F66F4" w14:paraId="56EBF8DB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="616258A8" w14:textId="6B098E6A" w:rsidR="00985A93" w:rsidRDefault="00B81411">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-          <w:p>
+              <w:t>Объект расположен</w:t>
+            </w:r>
+            <w:r w:rsidR="00985A93">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вблизи городской застройки</w:t>
+            </w:r>
+            <w:r w:rsidR="00D91A89">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, промышленной зоне, отдельно стоящий.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F00491" w14:textId="77777777" w:rsidR="00985A93" w:rsidRDefault="00985A93">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D91A89" w:rsidRPr="003F66F4" w14:paraId="521FF474" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76DA7867" w14:textId="20A825D9" w:rsidR="00D91A89" w:rsidRDefault="00D91A89" w:rsidP="00B81411">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">на высотных сооружениях на территории объекта. </w:t>
-[...6 lines deleted...]
-              <w:t>Указать высоту сооружения</w:t>
+              <w:t>Конфигурация объекта с указанием длин сторон в метрах.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="364A0EA1" w14:textId="77777777" w:rsidR="00D91A89" w:rsidRDefault="00D91A89">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="064B60D0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1EA5AE85" w14:textId="7FD8AFE1" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Наличие молниезащиты на высотных зданиях/сооружениях на территории объекта</w:t>
+              <w:t>Наличие высотных сооружений на территории объекта и прилегающей территории (с указанием высоты)</w:t>
+            </w:r>
+            <w:r w:rsidR="001D4901">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5524F803" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="11AF31B6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="14CDB740" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Наличие активного радиоизлучающего оборудования на территории объекта</w:t>
-[...35 lines deleted...]
-          <w:p>
+              <w:t>Возможность установки оборудования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32FBC1C1" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Диапазон рабочих частот активного радиоизлучающего оборудования</w:t>
+              <w:t xml:space="preserve">на высотных сооружениях на территории объекта. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Указать высоту сооружения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7F44E918" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="2EA47F6B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5870FB4C" w14:textId="2366A8FC" w:rsidR="00220459" w:rsidRDefault="005E3732" w:rsidP="00FA069F">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Мощность излучения активного радиоизлучающего оборудования</w:t>
+              <w:t>Наличие на объекте беспроводных систем</w:t>
+            </w:r>
+            <w:r w:rsidR="00A0129A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отвечающих за </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA069F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>технологические процессы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="016584CE" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="17049D7E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...56 lines deleted...]
-          <w:p>
+          <w:p w14:paraId="57406F7F" w14:textId="429751E0" w:rsidR="00220459" w:rsidRPr="005E3732" w:rsidRDefault="005E3732">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Наличие направленных антенн у радиоприемного оборудования. </w:t>
-[...6 lines deleted...]
-              <w:t>Азимут работы направленных антенн</w:t>
+              <w:t>Наличие активного радиоизлучающего оборудования на территории объекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5E023DAA" w14:textId="77777777" w:rsidR="00220459" w:rsidRPr="005E3732" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="5093BB9A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="271AB27B" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Наличие свободный мощностей для подключения электропитания оборудования (до 20 кВт на один пост обнаружения и радиоподавления)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="463DEC01" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="7188A816" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="25232633" w14:textId="2F63C019" w:rsidR="00220459" w:rsidRDefault="00831E0A" w:rsidP="00D91A89">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Возможность установки радиомостов для обеспечения связи между распределенными на территории постами обнаружения и радиоподавления и АРМ. </w:t>
+              <w:t xml:space="preserve">Возможность протяжки оптических линий связи между распределенными на территории постами </w:t>
+            </w:r>
+            <w:r w:rsidR="00D91A89">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>РЭР,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Рекомендуемый диапазон частот для радиомоста.</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D91A89">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РЭБ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:r w:rsidR="00D91A89">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ПАК</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="507D49E5" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w:rsidRPr="00A0129A" w14:paraId="705DB643" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="22A5424A" w14:textId="6088BDA2" w:rsidR="00220459" w:rsidRDefault="001D4901">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Возможность протяжки оптических линий связи между распределенными на территории постами обнаружения и радиоподавления и АРМ.</w:t>
+              <w:t>Наличие на объекте подразделения</w:t>
+            </w:r>
+            <w:r w:rsidR="00A0129A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отвечающего за безопасность ох</w:t>
+            </w:r>
+            <w:r w:rsidR="00A0129A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аняемой зоны. (ВОХР, ЧОП, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Росгвардия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>). Перечислить.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="38ECD2BF" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...56 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w14:paraId="5626101D" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="8080"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="2EC60887" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0E9FD9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-            <w:pPr>
+          <w:p w14:paraId="0D451868" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A" w:rsidP="003F66F4">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Контактные </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>данные лица для работы по заявке (подразделение ответственное за приобретение средств защиты от атак БПЛА)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="5257358F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7E41E61A" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ф.И.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="41256317" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="005596C1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="76AE7E5F" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1F32F109" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="6076FA88" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6E850B3B" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Эл. Почта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="010CBB38" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="11BED8AA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4F760D2C" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Место работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7EE42726" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="3B335AC5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="618AAEF9" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="20676FA9" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...36 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="4AC4F763" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0E9FD9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-            <w:pPr>
+          <w:p w14:paraId="4E2DB6A7" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A" w:rsidP="003F66F4">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Контактные </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>данные лица для работы по заявке (финансовое подразделение)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="56B000E0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="01537F30" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ф.И.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7B430F54" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="14C57D8B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="391E843E" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="62C40375" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="610EE5BF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="776DEF65" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Эл. Почта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4F85F4D8" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="4041BAB1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1390C414" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Место работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="33BEF820" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="36884F6C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="34A3F4B0" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="10EEDC5B" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="4394"/>
         <w:gridCol w:w="1164"/>
         <w:gridCol w:w="3231"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="244EF231" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="265BBD33" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="287614A3" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ф.И.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="55027327" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5A087303" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Подпись</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="11311DBF" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00220459" w14:paraId="3813AEB9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="03AE186C" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="48EB99D0" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Директор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="11788B58" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="58866D15" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>М.П.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w14:paraId="6622BEDB" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1153"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="00220459">
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1135" w:right="851" w:bottom="709" w:left="1134" w:header="284" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p>
+    <w:p w14:paraId="061EA01B" w14:textId="77777777" w:rsidR="00E236DE" w:rsidRDefault="00E236DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p>
+    <w:p w14:paraId="38DD8C3B" w14:textId="77777777" w:rsidR="00E236DE" w:rsidRDefault="00E236DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman PS"/>
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI Light">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000A47B" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p>
+    <w:p w14:paraId="106F9EA9" w14:textId="77777777" w:rsidR="00E236DE" w:rsidRDefault="00E236DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p>
+    <w:p w14:paraId="4DF4DB24" w14:textId="77777777" w:rsidR="00E236DE" w:rsidRDefault="00E236DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="a7"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5136"/>
       <w:gridCol w:w="5005"/>
     </w:tblGrid>
-    <w:tr>
+    <w:tr w:rsidR="00220459" w14:paraId="794DDEA7" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5070" w:type="dxa"/>
         </w:tcPr>
-        <w:p>
+        <w:p w14:paraId="6596DBEC" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
           <w:pPr>
             <w:pStyle w:val="a8"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63A55CE5" wp14:editId="59E9A424">
                 <wp:extent cx="3124200" cy="979875"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="5" name="Рисунок 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="РУР.png"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3133248" cy="982713"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5071" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p>
+        <w:p w14:paraId="677FD2EF" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
           <w:pPr>
             <w:pStyle w:val="a8"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
             <w:t>121357, Москва, ул. Верейская, 17</w:t>
           </w:r>
         </w:p>
-        <w:p>
+        <w:p w14:paraId="2DCC11BD" w14:textId="77777777" w:rsidR="00220459" w:rsidRPr="009A28FC" w:rsidRDefault="00831E0A">
           <w:pPr>
             <w:pStyle w:val="a8"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
-              <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
             <w:t>Тел</w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="009A28FC">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
-              <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>.: 8 (800) 775-10-73</w:t>
           </w:r>
         </w:p>
-        <w:p>
+        <w:p w14:paraId="08D13D41" w14:textId="77777777" w:rsidR="00220459" w:rsidRPr="009A28FC" w:rsidRDefault="00831E0A">
           <w:pPr>
             <w:pStyle w:val="a8"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
-              <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:t xml:space="preserve">E-mail: </w:t>
+            <w:t>E</w:t>
+          </w:r>
+          <w:r w:rsidRPr="009A28FC">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+            <w:t>-</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>mail</w:t>
+          </w:r>
+          <w:r w:rsidRPr="009A28FC">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+            <w:t xml:space="preserve">: </w:t>
           </w:r>
           <w:hyperlink r:id="rId2" w:history="1">
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="a6"/>
                 <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
                 <w:color w:val="9D9D9D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>info@infra-konkurs.ru</w:t>
+              <w:t>info</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A28FC">
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>infra</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A28FC">
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>konkurs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A28FC">
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ru</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p>
+        <w:p w14:paraId="5E27A5ED" w14:textId="77777777" w:rsidR="00220459" w:rsidRPr="009A28FC" w:rsidRDefault="00220459">
           <w:pPr>
             <w:pStyle w:val="a8"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
-              <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p>
+        <w:p w14:paraId="32156198" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
           <w:pPr>
             <w:pStyle w:val="a8"/>
             <w:rPr>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
             <w:t>infra-konkurs.ru</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p>
+  <w:p w14:paraId="3B63B616" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01BA6CAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1C065480"/>
     <w:lvl w:ilvl="0" w:tplc="5C64C294">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1288" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2008" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -3723,51 +4293,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5608" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6328" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7048" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0FA31703"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE686D8"/>
     <w:lvl w:ilvl="0" w:tplc="2F5663E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:spacing w:val="-8"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -3817,51 +4387,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7484" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0FFD1656"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="32262D04"/>
     <w:lvl w:ilvl="0" w:tplc="72F252D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2858" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -3906,51 +4476,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F3C029D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DFEC1B50"/>
     <w:lvl w:ilvl="0" w:tplc="D346C9B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="‒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2164" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2884" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4020,51 +4590,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7204" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7924" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="238E2D92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56B244FC"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1288" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2008" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -4109,51 +4679,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5608" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6328" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7048" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="271226FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2118FD1E"/>
     <w:lvl w:ilvl="0" w:tplc="67548F0C">
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1662" w:hanging="276"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-2"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C8E6996C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2450" w:hanging="276"/>
@@ -4218,51 +4788,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="907E9CE2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7194" w:hanging="276"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FD08E12C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7985" w:hanging="276"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A4E20D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56B244FC"/>
     <w:lvl w:ilvl="0" w:tplc="C4AC8B30">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1288" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2008" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -4307,51 +4877,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5608" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6328" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7048" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C090D5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D75A58F6"/>
     <w:lvl w:ilvl="0" w:tplc="3B4ADB2C">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:spacing w:val="-8"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -4402,51 +4972,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6274" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6994" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7714" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D9C04E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC281318"/>
     <w:lvl w:ilvl="0" w:tplc="098CBFAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="‒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4516,51 +5086,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31D032DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4DEEF9BA"/>
     <w:lvl w:ilvl="0" w:tplc="CFE2C5EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="‒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4630,51 +5200,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="337552A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B394C84A"/>
     <w:lvl w:ilvl="0" w:tplc="41827008">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2084" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
@@ -4721,51 +5291,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3638369E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4CDAAF44"/>
     <w:lvl w:ilvl="0" w:tplc="6ADE2B0A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1232" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:spacing w:val="-14"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C518B830">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -4832,51 +5402,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="6386625A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="75969CAA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7901" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="393D1CFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70364A88"/>
     <w:lvl w:ilvl="0" w:tplc="2F5663E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1954" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:spacing w:val="-8"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -4926,51 +5496,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6274" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6994" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7714" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B72529C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56B244FC"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1288" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2008" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -5015,51 +5585,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5608" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6328" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7048" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40AF447D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7F9861F4"/>
     <w:lvl w:ilvl="0" w:tplc="67685646">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="82660D72">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -5126,51 +5696,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="1E529266">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DD5E1970">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7901" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45534DA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1DB02D2C"/>
     <w:lvl w:ilvl="0" w:tplc="54F4AD62">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1288" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2008" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5216,51 +5786,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5608" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6328" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7048" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A6E33D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE5C0FC2"/>
     <w:lvl w:ilvl="0" w:tplc="10A856A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="‒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5330,51 +5900,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4EF26ADE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8A9A96A0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5447,51 +6017,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9630" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="11160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50ED5B12"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F1BC6868"/>
     <w:lvl w:ilvl="0" w:tplc="D92877EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="‒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5561,51 +6131,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53360F8E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9EFEE94C"/>
     <w:lvl w:ilvl="0" w:tplc="6C325926">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1444" w:hanging="735"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -5650,51 +6220,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57094218"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6462910A"/>
     <w:lvl w:ilvl="0" w:tplc="0E089C02">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1444" w:hanging="735"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -5739,51 +6309,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58A20228"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="83861F5A"/>
     <w:lvl w:ilvl="0" w:tplc="3E28DC0E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="‒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2164" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5853,51 +6423,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BDE0F4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E82BB4C"/>
     <w:lvl w:ilvl="0" w:tplc="9BF0B79A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="‒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -5948,51 +6518,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6274" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6994" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7714" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F212D22"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1CD46D0C"/>
     <w:lvl w:ilvl="0" w:tplc="ECBEE022">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1232" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="68D2A14C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -6059,51 +6629,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="076E5FF0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F8903A2A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7901" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="659D00FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56B244FC"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1288" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2008" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -6148,51 +6718,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5608" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6328" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7048" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67253FA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="328466EE"/>
     <w:lvl w:ilvl="0" w:tplc="50F654F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="‒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1662" w:hanging="276"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-2"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C8E6996C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6258,51 +6828,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="907E9CE2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7194" w:hanging="276"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FD08E12C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7985" w:hanging="276"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68A66824"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7D000E84"/>
     <w:lvl w:ilvl="0" w:tplc="2F5663E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:spacing w:val="-8"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -6353,51 +6923,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68BE125C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9348B328"/>
     <w:lvl w:ilvl="0" w:tplc="52085BEA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:spacing w:val="-8"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FBA0B80E">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:suff w:val="space"/>
@@ -6478,51 +7048,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="156C1DF6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6770" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CDAAA350">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7702" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A1045DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DB9A5FA2"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6564,51 +7134,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A6C7AC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="54EA080A"/>
     <w:lvl w:ilvl="0" w:tplc="677C8F42">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:spacing w:val="-3"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="70C80B40">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -6675,51 +7245,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="DAC2DD7C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="97CAA71E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7949" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DBF034D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3CC4AADE"/>
     <w:lvl w:ilvl="0" w:tplc="40D48776">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:spacing w:val="-8"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -6770,51 +7340,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E127570"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D9888DE"/>
     <w:lvl w:ilvl="0" w:tplc="4334AE8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:spacing w:val="-8"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2F5663E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%2)"/>
@@ -6887,51 +7457,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="156C1DF6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6770" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CDAAA350">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7702" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71981A27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B3AA216"/>
     <w:lvl w:ilvl="0" w:tplc="829E6168">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="‒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7001,51 +7571,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73263EBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2234755C"/>
     <w:lvl w:ilvl="0" w:tplc="D284A0FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1CBE217C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -7112,51 +7682,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="A2E81F02">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D688A482">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7901" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73FA039B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E4BA69CA"/>
     <w:lvl w:ilvl="0" w:tplc="7B502EBA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1288" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2008" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7202,51 +7772,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5608" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6328" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7048" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75533451"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56B244FC"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1288" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2008" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -7291,51 +7861,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5608" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6328" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7048" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79FE5E65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="160664BC"/>
     <w:lvl w:ilvl="0" w:tplc="EC201098">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="‒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7405,51 +7975,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F6D39E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C276CD88"/>
     <w:lvl w:ilvl="0" w:tplc="EDD49AF2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="‒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7640,259 +8210,523 @@
   <w:num w:numId="33">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="36">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00220459"/>
+    <w:rsid w:val="000D2EAC"/>
+    <w:rsid w:val="001D4901"/>
+    <w:rsid w:val="00220459"/>
+    <w:rsid w:val="003F66F4"/>
+    <w:rsid w:val="00554AE5"/>
+    <w:rsid w:val="005E3732"/>
+    <w:rsid w:val="00831E0A"/>
+    <w:rsid w:val="00985A93"/>
+    <w:rsid w:val="009A28FC"/>
+    <w:rsid w:val="00A0129A"/>
+    <w:rsid w:val="00B81411"/>
+    <w:rsid w:val="00C46B82"/>
+    <w:rsid w:val="00C858F5"/>
+    <w:rsid w:val="00C860E2"/>
+    <w:rsid w:val="00CE0D76"/>
+    <w:rsid w:val="00D91A89"/>
+    <w:rsid w:val="00E236DE"/>
+    <w:rsid w:val="00EE3C0D"/>
+    <w:rsid w:val="00F41FAA"/>
+    <w:rsid w:val="00FA069F"/>
+  </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="1BD76D06"/>
+  <w15:docId w15:val="{3A1AF47B-15E3-4088-BC3D-BBD6DDEFBE82}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...137 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="90" w:line="274" w:lineRule="exact"/>
       <w:ind w:left="102"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
@@ -7989,477 +8823,58 @@
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a7">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...416 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Верхний колонтитул Знак"/>
@@ -8516,97 +8931,97 @@
     <w:basedOn w:val="a0"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="198931210">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="985814217">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1587225869">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bitkova@infra-konkurs.ru" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bitkova@infra-konkurs.ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@infra-konkurs.ru" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -8857,75 +9272,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>462</Words>
-  <Characters>2638</Characters>
+  <Words>465</Words>
+  <Characters>2655</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
+  <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>MICROSOFT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3094</CharactersWithSpaces>
+  <CharactersWithSpaces>3114</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>trushin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-01-29T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
   </property>