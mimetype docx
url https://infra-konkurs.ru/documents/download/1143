--- v3 (2026-02-27)
+++ v4 (2026-03-19)
@@ -22,304 +22,280 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="10173" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10173"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="5430F75A" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w:rsidRPr="00A76DE4" w14:paraId="40007843" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A6AF21B" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="54A0FC8F" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ЗАЯВКА</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63D6BCFD" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="3F05D177" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>НА УЧАСТИЕ В ПРОДУКТЕ</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="401D252E" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="5D41A210" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">«РЕГИОНЫ – УСТОЙЧИВОЕ РАЗВИТИЕ» </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3928256F" w14:textId="571873D7" w:rsidR="00220459" w:rsidRPr="009A28FC" w:rsidRDefault="00831E0A" w:rsidP="009A28FC">
+          <w:p w14:paraId="39F325DE" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ПО СОФИНАНСИРОВАНИЮ УСТАНОВ</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="009A28FC">
+              <w:t xml:space="preserve">ПО СОФИНАНСИРОВАНИЮ УСТАНОВКИ КОМПЛЕКСА ОБНАРУЖЕНИЯ И ПОДАВЛЕНИЯ БЕСПИЛОТНЫХ </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>КИ КОМПЛЕКСА ОБНАРУЖЕНИЯ И ПОДАВЛЕНИЯ БЕСПИ</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">ЛОТНЫХ </w:t>
-[...17 lines deleted...]
-              </w:rPr>
               <w:t>ИСТЕМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="758E2457" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+    <w:p w14:paraId="6D12682C" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10207"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00220459" w14:paraId="66934912" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w14:paraId="27E79243" w14:textId="77777777" w:rsidTr="001664FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="24A84D"/>
           </w:tcPr>
-          <w:p w14:paraId="691505FA" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
-[...36 lines deleted...]
-          <w:p w14:paraId="3B671E0B" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="763344E9" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0" w:rsidP="001664FF">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
-                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t>Биткова Юлия Владимировна</w:t>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ответственные сотрудники для консультирования по заполнению Заявки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w14:paraId="11184CC4" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w14:paraId="0DAADC7F" w14:textId="77777777" w:rsidTr="001664FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            <w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="79E2D24D" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биткова Юлия Владимировна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894BCE" w14:paraId="2EBB06D0" w14:textId="77777777" w:rsidTr="001664FF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ED9A5D0" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Тел</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.: 8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
@@ -369,3875 +345,3817 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>317-77-89</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, +7 (926) 631-74-71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w14:paraId="48FA72FE" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w14:paraId="3EA5648B" w14:textId="77777777" w:rsidTr="001664FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-          <w:p w14:paraId="6C45B33F" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          </w:tcPr>
+          <w:p w14:paraId="580122EB" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">E-mail: </w:t>
             </w:r>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="a6"/>
                   <w:rFonts w:eastAsia="Roboto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Bitkova@infra-konkurs.ru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4B1A64E5" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+    <w:p w14:paraId="6A0EF3CC" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:eastAsia="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6096"/>
         <w:gridCol w:w="4111"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00220459" w14:paraId="0DD9A828" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w14:paraId="0B24A19D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1470B5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E9D913D" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="5AABC800" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Карточка</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Карточка организации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w14:paraId="1CB1AAF9" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w14:paraId="21ED92C6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7214B595" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="1758AFF2" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Полное наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F871808" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+          <w:p w14:paraId="40629B53" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w14:paraId="763C8593" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w14:paraId="0EF3A7BC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66F8D18B" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="322484AE" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Краткое наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="728BBF73" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+          <w:p w14:paraId="3E02DD61" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w14:paraId="706619A2" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w14:paraId="04910C3C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0ADD60B3" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="34769470" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ИНН/КПП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69D37616" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+          <w:p w14:paraId="44296EEB" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w14:paraId="1F7AC1A3" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w14:paraId="111F8D3E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17F24E6B" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="4B8F0BA0" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ОГРН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45B72E5F" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+          <w:p w14:paraId="49BDCAF2" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w14:paraId="31C6BC5D" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w14:paraId="7154E6DE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43635CDC" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="027A4983" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Юридический адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55EE4B2C" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+          <w:p w14:paraId="2862CCBB" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w14:paraId="2704C6F3" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w14:paraId="64062A12" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30350C69" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="6129C7AF" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Расчетный счет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E29DCB3" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+          <w:p w14:paraId="1ADE7A4A" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w14:paraId="040054A4" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w14:paraId="1BD4FE81" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D511EC8" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="5B88CF6D" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Наименование банка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C16DBF0" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+          <w:p w14:paraId="2A8A6F1A" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="39A9F4EB" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w:rsidRPr="00A76DE4" w14:paraId="6F17E97E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BBBD1E0" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="55346E55" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Руководитель организации (ФИО и должность)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F6F3DFE" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+          <w:p w14:paraId="57799A0E" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="41330174" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w:rsidRPr="00A76DE4" w14:paraId="4106D878" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4825A553" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="036581E2" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Телефон организации (с кодом города)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="674445B4" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+          <w:p w14:paraId="68347F5C" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w14:paraId="455CF7D5" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w14:paraId="14DC942F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CCB8AAB" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="3EAB4A96" w14:textId="369F27EF" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Электронная</w:t>
+              <w:t>Электро</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="001664FF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="001664FF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>почта</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07939F8F" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+          <w:p w14:paraId="4C5931E9" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w14:paraId="7FF88122" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w:rsidRPr="00A76DE4" w14:paraId="07D6374D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A9C79C7" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="6D2D8F10" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Категория проекта</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Необходимые средства защиты (отметить необходимые):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="7AAA0AA0" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w14:paraId="23558753" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B7EFE3E" w14:textId="0CE96C1E" w:rsidR="00220459" w:rsidRPr="003F66F4" w:rsidRDefault="00831E0A" w:rsidP="003F66F4">
+          <w:p w14:paraId="40143A66" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003F66F4">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Создание </w:t>
-[...23 lines deleted...]
-              <w:t>беспилотных систем.</w:t>
+              <w:t>Активные средства защиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51EC8B55" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+          <w:p w14:paraId="63112216" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A28FC" w:rsidRPr="003F66F4" w14:paraId="08465233" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w14:paraId="75157709" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39819E2B" w14:textId="44176E7A" w:rsidR="009A28FC" w:rsidRPr="003F66F4" w:rsidRDefault="009A28FC" w:rsidP="003F66F4">
+          <w:p w14:paraId="2335531F" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003F66F4">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Модернизация </w:t>
-[...7 lines deleted...]
-              <w:t>активных средств защиты от несанкционированного использования беспилотных систем.</w:t>
+              <w:t>Пассивные средства защиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C9DAEC3" w14:textId="77777777" w:rsidR="009A28FC" w:rsidRDefault="009A28FC">
+          <w:p w14:paraId="4FC2892E" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46B82" w:rsidRPr="003F66F4" w14:paraId="6734FAA3" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w:rsidRPr="00A76DE4" w14:paraId="50D0835D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="041EC94A" w14:textId="3BD108F6" w:rsidR="00C46B82" w:rsidRPr="003F66F4" w:rsidRDefault="00C46B82" w:rsidP="003F66F4">
+          <w:p w14:paraId="53847F7E" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:highlight w:val="cyan"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003F66F4">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приобретение оборудования для обнаружения беспилотных систем (радиочастотное, радиолокационное, </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> и др.(РЭР)</w:t>
+              <w:t>Комплексные средства защиты (активные и пассивные)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C1CC818" w14:textId="77777777" w:rsidR="00C46B82" w:rsidRDefault="00C46B82">
+          <w:p w14:paraId="1D1BDBEB" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46B82" w:rsidRPr="003F66F4" w14:paraId="3953A34A" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w:rsidRPr="00A76DE4" w14:paraId="0627EE98" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71D60216" w14:textId="21079266" w:rsidR="00C46B82" w:rsidRPr="003F66F4" w:rsidRDefault="00C46B82" w:rsidP="00C46B82">
+          <w:p w14:paraId="6A4C5B14" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:highlight w:val="cyan"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003F66F4">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Приобретение оборудования для противодействия беспилотным системам (</w:t>
-[...8 lines deleted...]
-              <w:t>генерация и излучение помехового сигнала (РЭБ)</w:t>
+              <w:t>Приобретение классов решений по отражению кибератак (дополнительная программа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A1B0320" w14:textId="77777777" w:rsidR="00C46B82" w:rsidRDefault="00C46B82">
+          <w:p w14:paraId="0E4EF55F" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46B82" w:rsidRPr="003F66F4" w14:paraId="37F302AF" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w:rsidRPr="00A76DE4" w14:paraId="1D115005" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="75F89DCB" w14:textId="3C1ABE22" w:rsidR="00C46B82" w:rsidRPr="003F66F4" w:rsidRDefault="00C46B82" w:rsidP="000D2EAC">
+            <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44F8EFB8" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0" w:rsidP="001664FF">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:highlight w:val="cyan"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003F66F4">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приобретение оборудования </w:t>
-[...75 lines deleted...]
-            <w:tcW w:w="4111" w:type="dxa"/>
+              <w:t>Стадия работы по направлению отражения атак БПЛА (активные виды защиты) (отметить необходимое):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894BCE" w14:paraId="617D7E38" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DCA60DE" w14:textId="77777777" w:rsidR="00C46B82" w:rsidRDefault="00C46B82">
-[...26 lines deleted...]
-          <w:p w14:paraId="31F08F4E" w14:textId="2E88DEAD" w:rsidR="00220459" w:rsidRPr="003F66F4" w:rsidRDefault="009A28FC" w:rsidP="003F66F4">
+          <w:p w14:paraId="3C37920E" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003F66F4">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приобретение </w:t>
-[...87 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Стадия «Идея»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="74B68231" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AEAEC71" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w14:paraId="742C630C" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w:rsidRPr="00A76DE4" w14:paraId="5FD71201" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5587C4F4" w14:textId="48FBA1CE" w:rsidR="00220459" w:rsidRPr="003F66F4" w:rsidRDefault="00831E0A" w:rsidP="003F66F4">
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26601C03" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003F66F4">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Строительство </w:t>
-[...15 lines deleted...]
-              <w:t>ситуационного центра</w:t>
+              <w:t>Стадия разработки проектно – сметной документации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="549BB2EF" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="501F679F" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F41FAA" w:rsidRPr="003F66F4" w14:paraId="13736AA2" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w14:paraId="1D4B74C4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6E4925B3" w14:textId="61ABFAB7" w:rsidR="00F41FAA" w:rsidRPr="003F66F4" w:rsidRDefault="00F41FAA" w:rsidP="003F66F4">
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58DAA8FF" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003F66F4">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Создание пассивных средств защиты</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> для предотвращения и минимизации ущерба при атаке беспилотных систем.</w:t>
+              <w:t>Стадия «Заключен контракт»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="07383C71" w14:textId="77777777" w:rsidR="00F41FAA" w:rsidRDefault="00F41FAA">
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57922969" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F41FAA" w:rsidRPr="003F66F4" w14:paraId="145319C3" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w14:paraId="7CB181D7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="39323BFF" w14:textId="24F95974" w:rsidR="00F41FAA" w:rsidRPr="003F66F4" w:rsidRDefault="00F41FAA" w:rsidP="00F41FAA">
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72CB51F3" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003F66F4">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Модернизация пассивных средств защиты</w:t>
-[...16 lines deleted...]
-              <w:t>предотвращения и минимизации ущерба при атаке беспилотных систем.</w:t>
+              <w:t>Стадия «Исполнение контракта»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="57348159" w14:textId="77777777" w:rsidR="00F41FAA" w:rsidRDefault="00F41FAA">
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D13D3CE" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w14:paraId="3EB64033" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w:rsidRPr="00A76DE4" w14:paraId="613DE2CB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6096" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="110866A7" w14:textId="4C76E757" w:rsidR="00220459" w:rsidRPr="003F66F4" w:rsidRDefault="00F41FAA">
+            <w:tcW w:w="10207" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40CF069F" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0" w:rsidP="001664FF">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003F66F4">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Д</w:t>
-[...30 lines deleted...]
-            </w:pPr>
+              <w:t>Стадия работы по направлению отражения атак БПЛА (пассивные виды защиты) (отметить необходимое):</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w14:paraId="060EF408" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w14:paraId="047EE914" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10207" w:type="dxa"/>
-[...39 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="06B48FEE" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E326834" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Место расположения объекта защиты (субъект / муниципальное образование)</w:t>
+              <w:t>Стадия «Идея»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...31 lines deleted...]
-          <w:p w14:paraId="46F727B9" w14:textId="7520A14B" w:rsidR="001D4901" w:rsidRDefault="001D4901">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED4604B" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...31 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00985A93" w:rsidRPr="003F66F4" w14:paraId="56EBF8DB" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w:rsidRPr="00A76DE4" w14:paraId="6414A91C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="616258A8" w14:textId="6B098E6A" w:rsidR="00985A93" w:rsidRDefault="00B81411">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13C050DA" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Объект расположен</w:t>
-[...15 lines deleted...]
-              <w:t>, промышленной зоне, отдельно стоящий.</w:t>
+              <w:t>Стадия разработки проектно – сметной документации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...31 lines deleted...]
-          <w:p w14:paraId="76DA7867" w14:textId="20A825D9" w:rsidR="00D91A89" w:rsidRDefault="00D91A89" w:rsidP="00B81411">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53EA7198" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...31 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="064B60D0" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w14:paraId="4340AC83" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1EA5AE85" w14:textId="7FD8AFE1" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07A88FA9" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Наличие высотных сооружений на территории объекта и прилегающей территории (с указанием высоты)</w:t>
-[...7 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Стадия «Заключен контракт»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...28 lines deleted...]
-          <w:p w14:paraId="14CDB740" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="689BFCDE" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-          <w:p w14:paraId="32FBC1C1" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894BCE" w14:paraId="65B5AD84" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2326EB98" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">на высотных сооружениях на территории объекта. </w:t>
-[...6 lines deleted...]
-              <w:t>Указать высоту сооружения</w:t>
+              <w:t>Стадия «Исполнение контракта»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...27 lines deleted...]
-          <w:p w14:paraId="5870FB4C" w14:textId="2366A8FC" w:rsidR="00220459" w:rsidRDefault="005E3732" w:rsidP="00FA069F">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2728DD11" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...52 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="17049D7E" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w:rsidRPr="00A76DE4" w14:paraId="5E2CA533" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6096" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="57406F7F" w14:textId="429751E0" w:rsidR="00220459" w:rsidRPr="005E3732" w:rsidRDefault="005E3732">
+            <w:tcW w:w="10207" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05CE80B7" w14:textId="2D26C272" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Наличие активного радиоизлучающего оборудования на территории объекта</w:t>
-[...17 lines deleted...]
-              <w:rPr>
+              <w:t>Стадия работы по приобретению классов решений по отражению кибератак</w:t>
+            </w:r>
+            <w:r w:rsidR="001664FF">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(при необходимости)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="5093BB9A" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w:rsidRPr="00A76DE4" w14:paraId="43D0B1A7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="271AB27B" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="71CA829F" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Наличие свободный мощностей для подключения электропитания оборудования (до 20 кВт на один пост обнаружения и радиоподавления)</w:t>
+              <w:t xml:space="preserve">Стадия определения приоритетных классов решения для приобретения в 2026 году </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="463DEC01" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+          <w:p w14:paraId="0101F996" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="7188A816" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w:rsidRPr="00A76DE4" w14:paraId="231F5E67" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25232633" w14:textId="2F63C019" w:rsidR="00220459" w:rsidRDefault="00831E0A" w:rsidP="00D91A89">
+          <w:p w14:paraId="383C3C6B" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Возможность протяжки оптических линий связи между распределенными на территории постами </w:t>
-[...47 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve">Стадия определения приоритетных классов решения для приобретения в 2026-2030 гг. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="507D49E5" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+          <w:p w14:paraId="79E6B7A0" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w:rsidRPr="00A0129A" w14:paraId="705DB643" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w:rsidRPr="00A76DE4" w14:paraId="3ABEB216" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22A5424A" w14:textId="6088BDA2" w:rsidR="00220459" w:rsidRDefault="001D4901">
+          <w:p w14:paraId="057550D7" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Наличие на объекте подразделения</w:t>
-[...49 lines deleted...]
-              <w:t>). Перечислить.</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Стадия подбора контрагентов (вендоров) по приоритетным классам решений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38ECD2BF" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+          <w:p w14:paraId="00AAFD29" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00894BCE" w:rsidRPr="00A76DE4" w14:paraId="0B222D3C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10207" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C2C591" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Необходимое внебюджетное финансирование и поддержка (отметить необходимое):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894BCE" w:rsidRPr="00A76DE4" w14:paraId="2AA75C11" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="392E1D4E" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Внебюджетное финансирование с учетом субсидии на приобретение средств защиты информации, приобретение средств защиты от атак БПЛА, оплату фонда оплаты труда, уплату налогов: ключевая ставка ЦБ РФ +0,9%/ годовых, без залогового обеспечения; </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39271041" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894BCE" w:rsidRPr="00A76DE4" w14:paraId="3391421F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7183B278" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Внебюджетное финансирование с учетом субсидии на реализацию инвестиционного комплексного проекта по защите предприятий от кибератак и атак БПЛА: ключевая ставка ЦБ РФ – 3,0%/ годовых, с частичным залоговым обеспечением;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64628B92" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894BCE" w:rsidRPr="00A76DE4" w14:paraId="78789B4C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A2702F" w14:textId="30830FEC" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Грантовая поддержка на приобретение</w:t>
+            </w:r>
+            <w:r w:rsidR="001664FF">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>решений по контролю пользователей с повышенными правами и обеспечению информационной безопасности, средств защиты от атак БПЛА в размере до 20% от суммы контракта;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00B69B83" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894BCE" w:rsidRPr="00A76DE4" w14:paraId="76959C29" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45EAA0FB" w14:textId="2AE9E04A" w:rsidR="00A76DE4" w:rsidRDefault="00DA14E0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Внебюджетное финансирование с учетом субсидии на компенсацию затрат на ранее приобретенные средства защиты информации, приобретенные средства защиты от атак БПЛА: ключевая ставка ЦБ РФ – 1,1%/ годовых, без залогового обеспечения</w:t>
+            </w:r>
+            <w:r w:rsidR="00A76DE4">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="552E91A0" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5626101D" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
-[...6 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="241"/>
         <w:tblW w:w="10207" w:type="dxa"/>
-        <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="8080"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="2EC60887" w14:textId="77777777">
+      <w:tr w:rsidR="001664FF" w:rsidRPr="00A76DE4" w14:paraId="51439338" w14:textId="77777777" w:rsidTr="00A76DE4">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="0E9FD9"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0D451868" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A" w:rsidP="003F66F4">
+            <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AE07DB6" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Контактные </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>данные лица для работы по заявке (подразделение ответственное за приобретение средств защиты от атак БПЛА)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w14:paraId="5257358F" w14:textId="77777777">
+      <w:tr w:rsidR="001664FF" w14:paraId="51443C2A" w14:textId="77777777" w:rsidTr="00A76DE4">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E41E61A" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="2873BEF6" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ф.И.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41256317" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+          <w:p w14:paraId="7B71A141" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w14:paraId="005596C1" w14:textId="77777777">
+      <w:tr w:rsidR="001664FF" w14:paraId="2A5CB739" w14:textId="77777777" w:rsidTr="00A76DE4">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76AE7E5F" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="41C4F358" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F32F109" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+          <w:p w14:paraId="3BB859E0" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w14:paraId="6076FA88" w14:textId="77777777">
+      <w:tr w:rsidR="001664FF" w14:paraId="15B75C58" w14:textId="77777777" w:rsidTr="00A76DE4">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E850B3B" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="41EDDF2C" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Эл. Почта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="010CBB38" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+          <w:p w14:paraId="5D97702D" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w14:paraId="11BED8AA" w14:textId="77777777">
+      <w:tr w:rsidR="001664FF" w14:paraId="29E76B15" w14:textId="77777777" w:rsidTr="00A76DE4">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F760D2C" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="365E6852" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Место работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EE42726" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+          <w:p w14:paraId="5ED4EF26" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w14:paraId="3B335AC5" w14:textId="77777777">
+      <w:tr w:rsidR="001664FF" w14:paraId="4B1DFE7B" w14:textId="77777777" w:rsidTr="00A76DE4">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="618AAEF9" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="2E03DC26" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20676FA9" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+          <w:p w14:paraId="65215746" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w:rsidRPr="003F66F4" w14:paraId="4AC4F763" w14:textId="77777777">
+      <w:tr w:rsidR="001664FF" w:rsidRPr="00A76DE4" w14:paraId="3D85223A" w14:textId="77777777" w:rsidTr="00A76DE4">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...53 lines deleted...]
-          <w:p w14:paraId="01537F30" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+            <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58B89DA8" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="red"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="7B430F54" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>данные лица для работы по заявке (подразделение ответственное за информационною безопасность) (при необходимости участия в Программе)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001664FF" w14:paraId="2F0284A2" w14:textId="77777777" w:rsidTr="00A76DE4">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="377EF000" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...12 lines deleted...]
-          <w:p w14:paraId="391E843E" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ф.И.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BC9FD2E" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="62C40375" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001664FF" w14:paraId="086DAADE" w14:textId="77777777" w:rsidTr="00A76DE4">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EA71A2A" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...12 lines deleted...]
-          <w:p w14:paraId="776DEF65" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Телефон</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA37288" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="4F85F4D8" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001664FF" w14:paraId="47B32D0A" w14:textId="77777777" w:rsidTr="00A76DE4">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7240C9DB" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...12 lines deleted...]
-          <w:p w14:paraId="1390C414" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Эл. Почта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A8CD424" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="33BEF820" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001664FF" w14:paraId="319AA6FC" w14:textId="77777777" w:rsidTr="00A76DE4">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FD3A8CE" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...12 lines deleted...]
-          <w:p w14:paraId="34A3F4B0" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Место работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35FFCE50" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="10EEDC5B" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001664FF" w14:paraId="771F5417" w14:textId="77777777" w:rsidTr="00A76DE4">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1504D5CF" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="758B2BE1" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001664FF" w:rsidRPr="00A76DE4" w14:paraId="34FDE533" w14:textId="77777777" w:rsidTr="00A76DE4">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10207" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07E9F237" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>данные лица для работы по заявке (финансовое подразделение)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001664FF" w14:paraId="3CC5A73F" w14:textId="77777777" w:rsidTr="00A76DE4">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B4E985E" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ф.И.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61380286" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001664FF" w14:paraId="5B3F1AC0" w14:textId="77777777" w:rsidTr="00A76DE4">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05ADEA31" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Телефон</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BFE0628" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001664FF" w14:paraId="7F0B347F" w14:textId="77777777" w:rsidTr="00A76DE4">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EF21916" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Эл. Почта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48B91298" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001664FF" w14:paraId="5BF54484" w14:textId="77777777" w:rsidTr="00A76DE4">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BE9DFD3" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Место работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="063C8CE1" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001664FF" w14:paraId="11345074" w14:textId="77777777" w:rsidTr="00A76DE4">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B525F4E" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="521F2DFE" w14:textId="77777777" w:rsidR="001664FF" w:rsidRDefault="001664FF" w:rsidP="00A76DE4">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w14:paraId="2DFDC630" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="4394"/>
         <w:gridCol w:w="1164"/>
         <w:gridCol w:w="3231"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00220459" w14:paraId="244EF231" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w14:paraId="343D99B1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="265BBD33" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
-[...8 lines deleted...]
-          <w:p w14:paraId="287614A3" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="00C60799" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ф.И.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55027327" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+          <w:p w14:paraId="481E3114" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A087303" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="494DA475" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Подпись</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11311DBF" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+          <w:p w14:paraId="42AAF9CA" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220459" w14:paraId="3813AEB9" w14:textId="77777777">
+      <w:tr w:rsidR="00894BCE" w14:paraId="5021FDD0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03AE186C" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="3A3DF6F0" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48EB99D0" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="763734A5" w14:textId="7897F741" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11788B58" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+          <w:p w14:paraId="3EEB8784" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58866D15" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+          <w:p w14:paraId="6CBAAA3E" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>М.П.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6622BEDB" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+    <w:p w14:paraId="431306FA" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1153"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00220459">
+    <w:p w14:paraId="4BFF8CAC" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1153"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00894BCE">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1135" w:right="851" w:bottom="709" w:left="1134" w:header="284" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="061EA01B" w14:textId="77777777" w:rsidR="00E236DE" w:rsidRDefault="00E236DE">
+    <w:p w14:paraId="419302C7" w14:textId="77777777" w:rsidR="00056065" w:rsidRDefault="00056065">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38DD8C3B" w14:textId="77777777" w:rsidR="00E236DE" w:rsidRDefault="00E236DE">
+    <w:p w14:paraId="4F7FF4DD" w14:textId="77777777" w:rsidR="00056065" w:rsidRDefault="00056065">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman PS"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Segoe UI Light">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="106F9EA9" w14:textId="77777777" w:rsidR="00E236DE" w:rsidRDefault="00E236DE">
+    <w:p w14:paraId="4B356BEB" w14:textId="77777777" w:rsidR="00056065" w:rsidRDefault="00056065">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4DF4DB24" w14:textId="77777777" w:rsidR="00E236DE" w:rsidRDefault="00E236DE">
+    <w:p w14:paraId="6E9129D7" w14:textId="77777777" w:rsidR="00056065" w:rsidRDefault="00056065">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="a7"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5136"/>
       <w:gridCol w:w="5005"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00220459" w14:paraId="794DDEA7" w14:textId="77777777">
+    <w:tr w:rsidR="00894BCE" w14:paraId="3B83591F" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5070" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="6596DBEC" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+        <w:p w14:paraId="080B2502" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
           <w:pPr>
             <w:pStyle w:val="a8"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63A55CE5" wp14:editId="59E9A424">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="068417C8" wp14:editId="1490F9A6">
                 <wp:extent cx="3124200" cy="979875"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="5" name="Рисунок 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="РУР.png"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3133248" cy="982713"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5071" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="677FD2EF" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+        <w:p w14:paraId="2E976D75" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
           <w:pPr>
             <w:pStyle w:val="a8"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
             <w:t>121357, Москва, ул. Верейская, 17</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="2DCC11BD" w14:textId="77777777" w:rsidR="00220459" w:rsidRPr="009A28FC" w:rsidRDefault="00831E0A">
+        <w:p w14:paraId="024EF008" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
           <w:pPr>
             <w:pStyle w:val="a8"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
-            <w:t>Тел</w:t>
-[...6 lines deleted...]
-            <w:t>.: 8 (800) 775-10-73</w:t>
+            <w:t>Тел.: 8 (800) 775-10-73</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="08D13D41" w14:textId="77777777" w:rsidR="00220459" w:rsidRPr="009A28FC" w:rsidRDefault="00831E0A">
+        <w:p w14:paraId="295B242C" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
           <w:pPr>
             <w:pStyle w:val="a8"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>E</w:t>
           </w:r>
-          <w:r w:rsidRPr="009A28FC">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
             <w:t>-</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>mail</w:t>
           </w:r>
-          <w:r w:rsidRPr="009A28FC">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
             <w:t xml:space="preserve">: </w:t>
           </w:r>
           <w:hyperlink r:id="rId2" w:history="1">
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="a6"/>
                 <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
                 <w:color w:val="9D9D9D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>info</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A28FC">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="a6"/>
                 <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
                 <w:color w:val="9D9D9D"/>
               </w:rPr>
               <w:t>@</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="a6"/>
                 <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
                 <w:color w:val="9D9D9D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>infra</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A28FC">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="a6"/>
                 <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
                 <w:color w:val="9D9D9D"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="a6"/>
                 <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
                 <w:color w:val="9D9D9D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>konkurs</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A28FC">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="a6"/>
                 <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
                 <w:color w:val="9D9D9D"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="a6"/>
                 <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
                 <w:color w:val="9D9D9D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ru</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5E27A5ED" w14:textId="77777777" w:rsidR="00220459" w:rsidRPr="009A28FC" w:rsidRDefault="00220459">
+        <w:p w14:paraId="2887677B" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
           <w:pPr>
             <w:pStyle w:val="a8"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="32156198" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00831E0A">
+        <w:p w14:paraId="6D99ACB4" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00DA14E0">
           <w:pPr>
             <w:pStyle w:val="a8"/>
             <w:rPr>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
               <w:color w:val="9D9D9D"/>
             </w:rPr>
             <w:t>infra-konkurs.ru</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="3B63B616" w14:textId="77777777" w:rsidR="00220459" w:rsidRDefault="00220459">
+  <w:p w14:paraId="38FECB1C" w14:textId="77777777" w:rsidR="00894BCE" w:rsidRDefault="00894BCE">
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01BA6CAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1C065480"/>
     <w:lvl w:ilvl="0" w:tplc="5C64C294">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1288" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -4591,50 +4509,136 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7204" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7924" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="227479C7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1C289500"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="238E2D92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56B244FC"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1288" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2008" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -4679,51 +4683,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5608" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6328" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7048" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="271226FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2118FD1E"/>
     <w:lvl w:ilvl="0" w:tplc="67548F0C">
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1662" w:hanging="276"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-2"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C8E6996C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2450" w:hanging="276"/>
@@ -4788,51 +4792,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="907E9CE2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7194" w:hanging="276"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FD08E12C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7985" w:hanging="276"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A4E20D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56B244FC"/>
     <w:lvl w:ilvl="0" w:tplc="C4AC8B30">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1288" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2008" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -4877,51 +4881,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5608" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6328" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7048" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C090D5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D75A58F6"/>
     <w:lvl w:ilvl="0" w:tplc="3B4ADB2C">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:spacing w:val="-8"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -4972,51 +4976,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6274" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6994" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7714" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D9C04E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC281318"/>
     <w:lvl w:ilvl="0" w:tplc="098CBFAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="‒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5086,51 +5090,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31D032DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4DEEF9BA"/>
     <w:lvl w:ilvl="0" w:tplc="CFE2C5EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="‒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5200,51 +5204,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="337552A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B394C84A"/>
     <w:lvl w:ilvl="0" w:tplc="41827008">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2084" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
@@ -5291,51 +5295,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3638369E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4CDAAF44"/>
     <w:lvl w:ilvl="0" w:tplc="6ADE2B0A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1232" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:spacing w:val="-14"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C518B830">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -5402,51 +5406,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="6386625A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="75969CAA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7901" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="393D1CFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70364A88"/>
     <w:lvl w:ilvl="0" w:tplc="2F5663E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1954" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:spacing w:val="-8"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -5496,51 +5500,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6274" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6994" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7714" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B72529C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56B244FC"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1288" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2008" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -5585,51 +5589,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5608" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6328" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7048" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40AF447D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7F9861F4"/>
     <w:lvl w:ilvl="0" w:tplc="67685646">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="82660D72">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -5696,51 +5700,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="1E529266">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DD5E1970">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7901" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45534DA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1DB02D2C"/>
     <w:lvl w:ilvl="0" w:tplc="54F4AD62">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1288" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2008" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5786,51 +5790,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5608" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6328" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7048" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A6E33D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE5C0FC2"/>
     <w:lvl w:ilvl="0" w:tplc="10A856A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="‒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5900,51 +5904,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4EF26ADE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8A9A96A0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6017,51 +6021,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9630" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="11160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50ED5B12"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F1BC6868"/>
     <w:lvl w:ilvl="0" w:tplc="D92877EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="‒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6131,51 +6135,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53360F8E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9EFEE94C"/>
     <w:lvl w:ilvl="0" w:tplc="6C325926">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1444" w:hanging="735"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -6220,51 +6224,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57094218"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6462910A"/>
     <w:lvl w:ilvl="0" w:tplc="0E089C02">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1444" w:hanging="735"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -6309,51 +6313,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58A20228"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="83861F5A"/>
     <w:lvl w:ilvl="0" w:tplc="3E28DC0E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="‒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2164" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6423,51 +6427,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BDE0F4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E82BB4C"/>
     <w:lvl w:ilvl="0" w:tplc="9BF0B79A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="‒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -6518,51 +6522,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6274" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6994" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7714" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F212D22"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1CD46D0C"/>
     <w:lvl w:ilvl="0" w:tplc="ECBEE022">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1232" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="68D2A14C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -6629,51 +6633,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="076E5FF0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F8903A2A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7901" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="659D00FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56B244FC"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1288" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2008" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -6718,51 +6722,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5608" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6328" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7048" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67253FA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="328466EE"/>
     <w:lvl w:ilvl="0" w:tplc="50F654F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="‒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1662" w:hanging="276"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-2"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C8E6996C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6828,51 +6832,137 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="907E9CE2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7194" w:hanging="276"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FD08E12C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7985" w:hanging="276"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68171A3A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="761444B6"/>
+    <w:lvl w:ilvl="0" w:tplc="2CF0487E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68A66824"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7D000E84"/>
     <w:lvl w:ilvl="0" w:tplc="2F5663E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:spacing w:val="-8"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -6923,51 +7013,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68BE125C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9348B328"/>
     <w:lvl w:ilvl="0" w:tplc="52085BEA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:spacing w:val="-8"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FBA0B80E">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:suff w:val="space"/>
@@ -7048,51 +7138,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="156C1DF6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6770" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CDAAA350">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7702" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A1045DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DB9A5FA2"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7134,51 +7224,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A6C7AC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="54EA080A"/>
     <w:lvl w:ilvl="0" w:tplc="677C8F42">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:spacing w:val="-3"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="70C80B40">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -7245,51 +7335,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="DAC2DD7C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="97CAA71E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7949" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DBF034D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3CC4AADE"/>
     <w:lvl w:ilvl="0" w:tplc="40D48776">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:spacing w:val="-8"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -7340,51 +7430,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E127570"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D9888DE"/>
     <w:lvl w:ilvl="0" w:tplc="4334AE8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:spacing w:val="-8"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2F5663E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%2)"/>
@@ -7457,51 +7547,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="156C1DF6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6770" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CDAAA350">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7702" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71981A27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B3AA216"/>
     <w:lvl w:ilvl="0" w:tplc="829E6168">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="‒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7571,51 +7661,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73263EBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2234755C"/>
     <w:lvl w:ilvl="0" w:tplc="D284A0FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1CBE217C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -7682,51 +7772,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="A2E81F02">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D688A482">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7901" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73FA039B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E4BA69CA"/>
     <w:lvl w:ilvl="0" w:tplc="7B502EBA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1288" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2008" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7772,51 +7862,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5608" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6328" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7048" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75533451"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56B244FC"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1288" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2008" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -7861,51 +7951,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5608" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6328" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7048" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79FE5E65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="160664BC"/>
     <w:lvl w:ilvl="0" w:tplc="EC201098">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="‒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7975,51 +8065,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F6D39E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C276CD88"/>
     <w:lvl w:ilvl="0" w:tplc="EDD49AF2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="‒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8090,244 +8180,235 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="8">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="9">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="17">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="19">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="20">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="26">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="21">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="22">
-[...14 lines deleted...]
-  <w:num w:numId="27">
+  <w:num w:numId="28">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="28">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="29">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="30">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="31">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="32">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="34">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="36">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="37">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="38">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="37">
-    <w:abstractNumId w:val="30"/>
+  <w:num w:numId="39">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="38">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="40">
+    <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="39">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="41">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00220459"/>
-[...19 lines deleted...]
-    <w:rsid w:val="00FA069F"/>
+    <w:rsidRoot w:val="00894BCE"/>
+    <w:rsid w:val="00056065"/>
+    <w:rsid w:val="001664FF"/>
+    <w:rsid w:val="00894BCE"/>
+    <w:rsid w:val="00A76DE4"/>
+    <w:rsid w:val="00DA14E0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1BD76D06"/>
-  <w15:docId w15:val="{3A1AF47B-15E3-4088-BC3D-BBD6DDEFBE82}"/>
+  <w14:docId w14:val="00D2CC41"/>
+  <w15:docId w15:val="{25C30224-61D9-4D7B-9743-08B2677CCA4F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -8461,76 +8542,76 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -8770,51 +8851,51 @@
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="1232"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="1232" w:right="112" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="102"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="1"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
@@ -8927,96 +9008,108 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="198931210">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="985814217">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1587225869">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bitkova@infra-konkurs.ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@infra-konkurs.ru" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -9271,76 +9364,76 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2655</Characters>
+  <Pages>1</Pages>
+  <Words>475</Words>
+  <Characters>2712</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>MICROSOFT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3114</CharactersWithSpaces>
+  <CharactersWithSpaces>3181</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>trushin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-01-29T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
   </property>