--- v0 (2025-10-07)
+++ v1 (2025-12-07)
@@ -1,779 +1,355 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
-[...327 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="10173" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10173"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1070"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10173" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Заявка на участие</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в ежегодной общественной премии</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Регионы – устойчивое развитие»</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Roboto" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...55 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Финансирование для приобретения оборудования для защиты от кибератак </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+    <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="-142"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Roboto"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+    <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:eastAsia="Roboto"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Roboto"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Все поля подлежат заполнению</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+    <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Заявку необходимо подавать в форматах DOCX и PDF </w:t>
-[...8 lines deleted...]
-        <w:t>(подписанный скан)</w:t>
+        <w:t>Заявку необходимо подавать в форматах DOCX и PDF (подписанный скан)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+    <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="-142"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4960"/>
-        <w:gridCol w:w="5247"/>
+        <w:gridCol w:w="10207"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="24A84D"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ответственные сотрудники для консультирования по заполнению Заявки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
-[...2 lines deleted...]
-            <w:tcW w:w="4960" w:type="dxa"/>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
-[...8 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Биткова</w:t>
-[...44 lines deleted...]
-              <w:t>Сидоров Михаил Сергеевич</w:t>
+              <w:t>Биткова Юлия Владимировна</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
-[...2 lines deleted...]
-            <w:tcW w:w="4960" w:type="dxa"/>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Тел</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.: 8</w:t>
             </w:r>
             <w:r>
@@ -824,4888 +400,4618 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>915</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>317-77-89</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...25 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495" w:rsidRPr="00154539">
-[...2 lines deleted...]
-            <w:tcW w:w="4960" w:type="dxa"/>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
-[...8 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">E-mail: </w:t>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="a8"/>
+                  <w:rFonts w:eastAsia="Roboto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>Bitkova@infra-konkurs.ru</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="a8"/>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Bitkova@infra-konkurs.ru</w:t>
+              <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="a8"/>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
-[...48 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="a8"/>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Sidorov@infra-konkurs.ru</w:t>
-[...9 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
+              <w:t>info@infra-konkurs.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+    <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:eastAsia="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="4820"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1470B5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Карточка организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Полное наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Краткое наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ИНН/КПП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
-[...18 lines deleted...]
-              <w:t>ОГРН</w:t>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Юридический адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
-[...25 lines deleted...]
-              <w:t>адрес</w:t>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование банка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="71"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>БИК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
-[...18 lines deleted...]
-              <w:t>Расчетный счет</w:t>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Руководитель организации (ФИО и должность)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
-[...18 lines deleted...]
-              <w:t>Наименование банка</w:t>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Телефон организации (с кодом города)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> банка</w:t>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сайт организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
-[...48 lines deleted...]
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
-[...18 lines deleted...]
-              <w:t>Руководитель организации (ФИО и должность)</w:t>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Электронная почта </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
-[...161 lines deleted...]
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+    <w:p>
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="568"/>
-        <w:gridCol w:w="6378"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="6237"/>
         <w:gridCol w:w="3261"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="318"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9639" w:type="dxa"/>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="24A84D"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Были ли </w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>Были ли кибератаки на предприятии (Да / Нет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="388"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Были / период </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:rPr>
                 <w:b/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...14 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
-[...76 lines deleted...]
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="326"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6378" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Не было </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:trHeight w:val="326"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9639" w:type="dxa"/>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="24A84D"/>
-[...11 lines deleted...]
-              <w:rPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Финансирование необходимо по направлениям:</w:t>
+              <w:t>Уровень зрелости Инициатора Заявки (Да / Нет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:trHeight w:val="326"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6378" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:t>На приобретение оборудования (серверы)</w:t>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="180"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Начальный:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> внедрение базовых мер защиты, реагирование на инциденты без четких процедур.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...10 lines deleted...]
-              <w:rPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:trHeight w:val="326"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6378" w:type="dxa"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="180"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...20 lines deleted...]
-            <w:pPr>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Развивающийся:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> разработка систематических подходов к безопасности, формализация процедур, внедрение политик, обучение профильных специалистов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="326"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="180"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">Приобретение оборудования и программного обеспечения серверной виртуализации; </w:t>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Зрелый:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> внедрение комплексных программ, регулярное обучение сотрудников, постоянный мониторинг и оценка рисков.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="312"/>
+          <w:trHeight w:val="326"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6378" w:type="dxa"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="180"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> развертывания и модернизации центров мониторинга и реагирования на события информационной безопасности. </w:t>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Продвинутый:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> непрерывное улучшение процессов безопасности, интеграция с бизнес-процессами, прогнозирование и упреждение угроз.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="326"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
-[...26 lines deleted...]
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...74 lines deleted...]
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vAlign w:val="center"/>
-[...108 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Форма реализации проекта (отметьте нужный вариант словом «Да»)</w:t>
-[...471 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Отрасль проекта (отметьте подходящий вариант словом «Да»)</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Отраслевая направленность Инициатора Заявки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="326"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="180"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Финансовый сектор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="326"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="180"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Промышленность (крупный / крупнейший бизнес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="326"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="180"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Государственный сектор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="326"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="180"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Малый и средний бизнес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="311"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Уровни по степени защиты и внедрения (Да / Нет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="320"/>
+          <w:trHeight w:val="326"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
-[...40 lines deleted...]
-              <w:t xml:space="preserve">Пищевая промышленность </w:t>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Базовый </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>(установлена антивирусная защита, базовые межсетевые экраны, базовые системы выявления и реагирования на инциденты)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="326"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Промежуточный </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(установлены продвинутые системы защиты периметра, </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="OLE_LINK59"/>
+            <w:bookmarkStart w:id="1" w:name="OLE_LINK60"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>продвинутые системы выявления и реагирования на инциденты</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, средства защиты конечных устройств, средства защиты от </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>DDoS</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-атак, </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="2" w:name="OLE_LINK57"/>
+            <w:bookmarkStart w:id="3" w:name="OLE_LINK58"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>базовые средства управления доступом, базовые системы защиты и аудита данных</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, системы управления уязвимостями)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="320"/>
+          <w:trHeight w:val="326"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
-[...40 lines deleted...]
-              <w:t xml:space="preserve">Легкая промышленность </w:t>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Продвинутый </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0A0A0A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>(установлены комплексные решения, включающие в себя все предыдущие уровни, а также операционные центры безопасности (SOC), средства защиты от целевых атак, продвинутые средства управления доступом, продвинутые системы защиты и аудита данных, средства безопасной разработки).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...11 lines deleted...]
-              <w:rPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
-[...1020 lines deleted...]
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9639" w:type="dxa"/>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="24A84D"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
-              <w:t>Общая сумма необходимого финансирования (в рублях)</w:t>
+              <w:t>Виды необходимого финансирования  (в рублях) (при наличии информации) (Да</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Н</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ет) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
-[...291 lines deleted...]
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="477"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...17 lines deleted...]
-              </w:pBdr>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Грантовая поддержка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="477"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Льготное внебюджетное финансирование с учетом субсидии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ИТОГО</w:t>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="477"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - на оплату ФОТ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="477"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - на уплату налогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="477"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - на контракт по Кибербезопасности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+    <w:p>
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="8080"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="0E9FD9"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+            <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Контактные </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">данные лица для работы по заявке </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ф.И.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Эл. Почта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Место работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
-[...18 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Часовой пояс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Комментарии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
-[...18 lines deleted...]
-              <w:t> </w:t>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Федеральная налоговая служба (ФНС) России опубликовала рекомендации для налогоплательщиков по отправке электронных писем в госорганы. Почтовые серверы в российских доменах, таких как .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>su</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не попадают под ограничения. Просьба не указывать почту .gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+    <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Roboto" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10207" w:type="dxa"/>
+        <w:tblInd w:w="-34" w:type="dxa"/>
+        <w:tblBorders>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="8080"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10207" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="0E9FD9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>данные лица для работы по заявке (финансовое подразделение)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ф.И.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Телефон</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Эл. Почта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Место работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Должность в Организации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Комментарии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Федеральная налоговая служба (ФНС) России опубликовала рекомендации для налогоплательщиков по отправке электронных писем в госорганы. Почтовые серверы в российских доменах, таких как .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>su</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не попадают под ограничения. Просьба не указывать почту .gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="4394"/>
         <w:gridCol w:w="1164"/>
         <w:gridCol w:w="3231"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ф.И.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+          <w:p>
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Подпись</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+          <w:p>
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97495">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
-            <w:pPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Директор</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+          <w:p>
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+          <w:p>
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>М.П.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+    <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Roboto" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="0000FF" w:themeColor="hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00A97495">
-      <w:footerReference w:type="default" r:id="rId11"/>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:right="-144"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Roboto" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="707" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00615AAA" w:rsidRDefault="00615AAA">
+    <w:p>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00615AAA" w:rsidRDefault="00615AAA">
+    <w:p>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Noto Sans Symbols">
-[...3 lines deleted...]
-    <w:pitch w:val="default"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Noto Sans Symbols">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Roboto">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Light">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000A47B" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Roboto">
-[...12 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00A97495" w:rsidRDefault="00615AAA">
+  <w:p>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00154539">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00A97495" w:rsidRDefault="00A97495">
+  <w:p>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00615AAA" w:rsidRDefault="00615AAA">
+    <w:p>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00615AAA" w:rsidRDefault="00615AAA">
+    <w:p>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="a9"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="5136"/>
+      <w:gridCol w:w="5068"/>
+    </w:tblGrid>
+    <w:tr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5067" w:type="dxa"/>
+        </w:tcPr>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="aa"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:extent cx="3124200" cy="979875"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="1" name="Рисунок 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="РУР.png"/>
+                        <pic:cNvPicPr/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3133248" cy="982713"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5068" w:type="dxa"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="aa"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+            <w:t>121357, Москва, ул. Верейская, 17</w:t>
+          </w:r>
+        </w:p>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="aa"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+            <w:t>Тел.: 8 (800) 775-10-73</w:t>
+          </w:r>
+        </w:p>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="aa"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>E</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+            <w:t>-</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>mail</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+            <w:t xml:space="preserve">: </w:t>
+          </w:r>
+          <w:hyperlink r:id="rId2" w:history="1">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>info</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>infra</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>konkurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ru</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="aa"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="aa"/>
+            <w:rPr>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+            <w:t>infra-konkurs.ru</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="0DCB5B19"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4B58E11E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="232A3A9B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F4BEE8D8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5786,51 +5092,51 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="245344E6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="728E1B3E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="32"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:hint="default"/>
         <w:color w:val="595959"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5910,51 +5216,349 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:hint="default"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="3A551631"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FDAC7D88"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="3E2D1423"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="650E4E20"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="3E550A9B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2390D514"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1491" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2211" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5996,91 +5600,246 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5811" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7251" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="711E6C97"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3A6CC53C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="117"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:rsids>
-[...4 lines deleted...]
-  </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
@@ -6100,51 +5859,51 @@
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -6511,91 +6270,105 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="t286pc">
+    <w:name w:val="t286pc"/>
+    <w:basedOn w:val="a0"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -6962,77 +6735,215 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="t286pc">
+    <w:name w:val="t286pc"/>
+    <w:basedOn w:val="a0"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="514728835">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="240137728">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="300"/>
+          <w:marBottom w:val="150"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="537427698">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="651953940">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1263226303">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1808670510">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="792792158">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="216624977">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="2001040128">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2106026851">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@infra-konkurs.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bitkova@infra-konkurs.ru" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@infra-konkurs.ru" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7260,78 +7171,78 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB0A3246-320C-4D47-B328-E30DBC10E278}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF06C550-E34C-4D76-B8A5-9BC539B1E5EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>429</Words>
-  <Characters>2448</Characters>
+  <Words>510</Words>
+  <Characters>2908</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2872</CharactersWithSpaces>
+  <CharactersWithSpaces>3412</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Виктор</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>