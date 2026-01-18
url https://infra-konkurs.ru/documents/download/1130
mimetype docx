--- v0 (2025-10-08)
+++ v1 (2026-01-18)
@@ -1,481 +1,238 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="75"/>
+        <w:tblW w:w="10598" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5406"/>
+        <w:gridCol w:w="10598"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5406" w:type="dxa"/>
-[...84 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="10598" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="-142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ЗАЯВКА</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="-142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">НА УЧАСТИЕ В ОТБОРЕ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="-142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ЦИФРОВИЗАЦИЯ ЛОГИСТИКИ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="-142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ЕЖЕГОДНОЙ ОБЩЕСТВЕННОЙ ПРЕМИИ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="-142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«РЕГИОНЫ – УСТОЙЧИВОЕ РАЗВИТИЕ»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...302 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:eastAsia="Roboto"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Roboto"/>
           <w:b/>
           <w:color w:val="FF0000"/>
@@ -489,239 +246,466 @@
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Заявку необходимо подавать в форматах DOCX и PDF (подписанный скан)</w:t>
       </w:r>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a9"/>
+        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblInd w:w="-34" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10632"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10632" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="24A84D"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ответственные сотрудники для консультирования по заполнению Заявки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10632" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биткова Юлия Владимировна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10632" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тел</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.: 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>800</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>775-10-73, +7 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>915</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>317-77-89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10632" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E-mail: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="a8"/>
+                  <w:rFonts w:eastAsia="Roboto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>Bitkova@infra-konkurs.ru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>info@infra-konkurs.ru</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1358"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Roboto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="10607" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="6096"/>
         <w:gridCol w:w="3802"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...39 lines deleted...]
-              </w:pBdr>
+            <w:tcW w:w="10607" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...37 lines deleted...]
-              <w:t> </w:t>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Карточка организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ИНН</w:t>
+              <w:t>Наименование юридического лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -739,166 +723,173 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Место нахождения (регион, населенный пункт)</w:t>
+              <w:t>ИНН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Руководитель организации (ФИО полностью и должность)</w:t>
+              <w:t>Место нахождения (регион, населенный пункт)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -909,173 +900,166 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Телефон  организации (с указанием кода города): </w:t>
+              <w:t>Руководитель организации (ФИО полностью и должность)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Адрес интернет-сайта организации (при наличии)</w:t>
+              <w:t xml:space="preserve">Телефон  организации (с указанием кода города): </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -1093,255 +1077,272 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Электронная почта </w:t>
+              <w:t>Адрес интернет-сайта организации (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>РОЛЬ В ЛОГИСТИЧЕСКОМ ПРОЦЕССЕ (выбрать)</w:t>
+              <w:t xml:space="preserve">Электронная почта </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3802" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:vMerge/>
-[...66 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9898" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>РОЛЬ В ЛОГИСТИЧЕСКОМ ПРОЦЕССЕ (выбрать)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
@@ -1353,51 +1354,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Перевозчик</w:t>
+              <w:t>Отправитель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -1431,51 +1432,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Страховая компания</w:t>
+              <w:t>Перевозчик</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -1509,51 +1510,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Компания, предоставляющая услуги по таможенному сопровождению</w:t>
+              <w:t>Страховая компания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -1587,51 +1588,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Компания, предоставляющая услуги по аренде спец. техники</w:t>
+              <w:t>Компания, предоставляющая услуги по таможенному сопровождению</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -1665,219 +1666,220 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Компания, предоставляющая услуги по хранению</w:t>
+              <w:t>Компания, предоставляющая услуги по аренде спец. техники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...55 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Компания, предоставляющая услуги по хранению</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3802" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:vMerge/>
-[...67 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9898" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ДАННЫЕ ОТ КОМПАНИИ ОТПРАВИТЕЛЯ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
@@ -1890,583 +1892,603 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Количество отправляемых грузов (шт. / в месяц)</w:t>
+              <w:t xml:space="preserve">Количество сотрудников, задействованных в логистике на предприятии, чел.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...54 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Количество отправляемых грузов (шт. / в месяц)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3802" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:vMerge/>
-[...67 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9898" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
+              </w:rPr>
+              <w:t>ДАННЫЕ ОТ КОМПАНИИ ПЕРЕВОЗЧИКА</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...17 lines deleted...]
-            <w:gridSpan w:val="2"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Количество грузовых транспортных средств, находящихся в собственности / аренде, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:firstLine="440"/>
-              <w:jc w:val="center"/>
-[...31 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:vMerge/>
+            <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...61 lines deleted...]
-              <w:t xml:space="preserve">Указать при наличии </w:t>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9898" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ДАННЫЕ ПО ТЕКУЩЕМУ ПРОГРАММНОМУ ОБЕСПЕЧЕНИЮ, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ИСПОЛЬЗУЕМОЕ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> НА ПРЕДПРИЯТИИ НА ТЕКУЩИЙ МОМЕНТ (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...17 lines deleted...]
-            <w:gridSpan w:val="2"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Данные по программному обеспечению</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:firstLine="440"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>ЦЕЛЬ ЦИФРОВИЗАЦИИ</w:t>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Указать при наличии </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:vMerge/>
+            <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...32 lines deleted...]
-            <w:tcW w:w="3802" w:type="dxa"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9898" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:firstLine="440"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ЦЕЛЬ ЦИФРОВИЗАЦИИ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-              <w:t>Автоматизировать процессы расчетов и управления;</w:t>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Сократить дефицит кадров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:firstLine="440"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2489,51 +2511,51 @@
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>Обеспечить прозрачность логистики грузов;</w:t>
+              <w:t>Автоматизировать процессы расчетов и управления;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:firstLine="440"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2556,51 +2578,51 @@
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>Обеспечить снижение ручных операций и использования сервисов;</w:t>
+              <w:t>Обеспечить прозрачность логистики грузов;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:firstLine="440"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2619,690 +2641,1375 @@
           <w:p>
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Обеспечить снижение ручных операций и использования сервисов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3802" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:firstLine="440"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Внедрение электронного документооборота и формирование единых баз данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:firstLine="440"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="22"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
-        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
+        <w:tblBorders>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6805"/>
-        <w:gridCol w:w="3827"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="8080"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10632" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">данные лица для работы по заявке </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6805" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:ind w:firstLine="240"/>
-[...16 lines deleted...]
-            <w:tcW w:w="3827" w:type="dxa"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ф.И.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6805" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:ind w:firstLine="240"/>
-[...42 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Телефон</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6805" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:ind w:firstLine="240"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Эл. Почта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-[...25 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6805" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:ind w:firstLine="240"/>
-[...42 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Место работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6805" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:ind w:firstLine="240"/>
-[...42 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Часовой пояс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Комментарии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Федеральная налоговая служба (ФНС) России опубликовала рекомендации для налогоплательщиков по отправке электронных писем в госорганы. Почтовые серверы в российских доменах, таких как .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>su</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не попадают под ограничения. Просьба не указывать почту .gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
-          <w:rFonts w:eastAsia="Roboto"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Roboto" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...95 lines deleted...]
-    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10207" w:type="dxa"/>
+        <w:tblInd w:w="-34" w:type="dxa"/>
+        <w:tblBorders>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="8080"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10207" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="0E9FD9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>данные лица для работы по заявке (финансовое подразделение)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ф.И.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Телефон</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Эл. Почта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Место работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Должность в Организации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Комментарии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Федеральная налоговая служба (ФНС) России опубликовала рекомендации для налогоплательщиков по отправке электронных писем в госорганы. Почтовые серверы в российских доменах, таких как .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>su</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не попадают под ограничения. Просьба не указывать почту .gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a9"/>
+        <w:tblW w:w="10207" w:type="dxa"/>
+        <w:tblInd w:w="-34" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="1164"/>
+        <w:gridCol w:w="3231"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="323"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ф.И.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Подпись</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3231" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="323"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Директор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3231" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>М.П.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Roboto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...8 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="707" w:bottom="1134" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
@@ -3333,54 +4040,69 @@
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="CC"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000001" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Light">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000A47B" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
@@ -3452,50 +4174,327 @@
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="a9"/>
+      <w:tblW w:w="10598" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="5136"/>
+      <w:gridCol w:w="5462"/>
+    </w:tblGrid>
+    <w:tr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5136" w:type="dxa"/>
+        </w:tcPr>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="ac"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:extent cx="3124200" cy="979875"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="1" name="Рисунок 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="РУР.png"/>
+                        <pic:cNvPicPr/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3133248" cy="982713"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5462" w:type="dxa"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="ac"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+            <w:t xml:space="preserve">121357, Москва, ул. </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+            <w:t>Верейская</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+            <w:t>, 17</w:t>
+          </w:r>
+        </w:p>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="ac"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+            <w:t>Тел.: 8 (800) 775-10-73</w:t>
+          </w:r>
+        </w:p>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="ac"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>E</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+            <w:t>-</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>mail</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+            <w:t xml:space="preserve">: </w:t>
+          </w:r>
+          <w:hyperlink r:id="rId2" w:history="1">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>info</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>infra</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>konkurs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a8"/>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+                <w:color w:val="9D9D9D"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:hyperlink>
+        </w:p>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="ac"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="ac"/>
+            <w:rPr>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI"/>
+              <w:color w:val="9D9D9D"/>
+            </w:rPr>
+            <w:t>infra-konkurs.ru</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="ac"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="232A3A9B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F4BEE8D8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
@@ -4282,50 +5281,101 @@
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
@@ -4716,77 +5766,132 @@
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="1908031144">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bitkova@infra-konkurs.ru" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@infra-konkurs.ru" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5074,77 +6179,77 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3D51C26-BBF6-4DD5-B5C0-AB6E05E4C9F4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4BE7DC3-4666-4260-90F9-E9F45F044871}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>255</Words>
-  <Characters>1455</Characters>
+  <Words>392</Words>
+  <Characters>2237</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1707</CharactersWithSpaces>
+  <CharactersWithSpaces>2624</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Виктор</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>